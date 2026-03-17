--- v0 (2025-10-21)
+++ v1 (2026-03-17)
@@ -1133,51 +1133,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>REG</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>William Smith</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>66</v>
       </c>
       <c r="G8">
         <v>238551</v>
       </c>
       <c r="H8" t="str">
-        <v>eohosiris</v>
+        <v>dgfreshprince</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>66</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>