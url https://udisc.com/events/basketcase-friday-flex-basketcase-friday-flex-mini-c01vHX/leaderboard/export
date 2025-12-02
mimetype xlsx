--- v0 (2025-11-09)
+++ v1 (2025-12-02)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AE15"/>
+  <dimension ref="A1:AF15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -542,50 +542,53 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_20</v>
       </c>
+      <c r="AF1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Eric Rainey</v>
       </c>
       <c r="E2">
         <v>-9</v>
       </c>
       <c r="F2">
         <v>51</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
         <v>41947</v>
@@ -637,50 +640,53 @@
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>2</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
+      <c r="AF2" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Luke Vrazel</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>57</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
         <v>lukevrazel</v>
@@ -824,50 +830,53 @@
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>2</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
+      <c r="AF4" t="str">
+        <v>9</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
       <c r="B5" t="str">
         <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>Leonard Smith</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>65</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>265938</v>
@@ -919,50 +928,53 @@
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
+      <c r="AF5" t="str">
+        <v>9</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Joshua montesanto</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>305016</v>
@@ -1014,50 +1026,53 @@
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
+      <c r="AF6" t="str">
+        <v>27</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>2</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
       <c r="D7" t="str">
         <v>Cody duck</v>
       </c>
       <c r="E7">
         <v>-3</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
         <v>quackquack05</v>
@@ -1290,50 +1305,53 @@
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
+      <c r="AF9" t="str">
+        <v>27</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA4</v>
       </c>
       <c r="B10" t="str">
         <v>2</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="str">
         <v>Nathan harley</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>65</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
         <v>nharley525</v>
@@ -1569,50 +1587,53 @@
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>2</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
         <v>2</v>
       </c>
+      <c r="AF12" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MP40</v>
       </c>
       <c r="B13" t="str">
         <v>2</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="str">
         <v>Joe Fraley</v>
       </c>
       <c r="E13">
         <v>-6</v>
       </c>
       <c r="F13">
         <v>54</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
         <v>120995</v>
@@ -1756,50 +1777,53 @@
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
+      <c r="AF14" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MP60</v>
       </c>
       <c r="B15" t="str">
         <v>2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Tony Waljer</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>65</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
         <v>skydriver720</v>
@@ -1851,51 +1875,51 @@
       </c>
       <c r="Y15">
         <v>6</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
       <c r="AE15">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AE15"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AF15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 