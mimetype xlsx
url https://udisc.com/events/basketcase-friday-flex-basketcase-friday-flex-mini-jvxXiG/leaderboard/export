--- v0 (2025-12-24)
+++ v1 (2026-02-05)
@@ -1994,51 +1994,51 @@
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Myles Kubien</v>
       </c>
       <c r="E18">
         <v>-3</v>
       </c>
       <c r="F18">
         <v>51</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>310599</v>
       </c>
       <c r="I18" t="str">
-        <v>beatdadallday88</v>
+        <v>myleskubien</v>
       </c>
       <c r="J18">
         <v>-3</v>
       </c>
       <c r="K18">
         <v>51</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
@@ -2434,50 +2434,53 @@
       <c r="AD22" t="str">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA4</v>
       </c>
       <c r="B23" t="str">
         <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Lee Kubien</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>55</v>
       </c>
       <c r="G23">
         <v>1</v>
+      </c>
+      <c r="H23">
+        <v>312526</v>
       </c>
       <c r="I23" t="str">
         <v>lkubien</v>
       </c>
       <c r="J23">
         <v>1</v>
       </c>
       <c r="K23">
         <v>55</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>