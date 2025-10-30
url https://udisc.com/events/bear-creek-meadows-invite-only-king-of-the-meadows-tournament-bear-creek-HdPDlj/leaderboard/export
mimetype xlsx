--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -3444,50 +3444,53 @@
         <v>4</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T8</v>
       </c>
       <c r="C36">
         <v>8</v>
       </c>
       <c r="D36" t="str">
         <v>Jim Crawford</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36">
         <v>61</v>
       </c>
+      <c r="G36">
+        <v>316045</v>
+      </c>
       <c r="H36" t="str">
         <v>jcrawford3724</v>
       </c>
       <c r="I36">
         <v>6</v>
       </c>
       <c r="J36">
         <v>61</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
         <v>6</v>
       </c>
       <c r="P36">