--- v0 (2026-02-16)
+++ v1 (2026-03-09)
@@ -676,50 +676,53 @@
       </c>
       <c r="C3">
         <v>-1</v>
       </c>
       <c r="D3">
         <v>-1</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Donald Porter</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>59</v>
       </c>
+      <c r="K3">
+        <v>314591</v>
+      </c>
       <c r="L3" t="str">
         <v>donald254</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
       <c r="N3">
         <v>59</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">