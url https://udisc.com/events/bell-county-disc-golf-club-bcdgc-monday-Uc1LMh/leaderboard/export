--- v0 (2026-01-26)
+++ v1 (2026-03-09)
@@ -566,50 +566,53 @@
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Donald Porter</v>
       </c>
       <c r="I2">
         <v>-10</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
+      <c r="K2">
+        <v>314591</v>
+      </c>
       <c r="L2" t="str">
         <v>donald254</v>
       </c>
       <c r="M2">
         <v>-10</v>
       </c>
       <c r="N2">
         <v>44</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">