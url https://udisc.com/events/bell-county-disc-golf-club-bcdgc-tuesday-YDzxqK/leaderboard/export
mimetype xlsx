--- v0 (2026-01-26)
+++ v1 (2026-03-09)
@@ -941,50 +941,53 @@
         <v>3</v>
       </c>
       <c r="AO4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Donald Porter</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>86</v>
       </c>
+      <c r="K5">
+        <v>314591</v>
+      </c>
       <c r="L5" t="str">
         <v>donald254</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
         <v>86</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">