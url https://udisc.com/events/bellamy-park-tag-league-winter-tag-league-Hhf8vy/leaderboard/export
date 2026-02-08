--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -619,134 +619,140 @@
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>4</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Matt Denis</v>
       </c>
       <c r="E3">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F3">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G3">
         <v>230364</v>
       </c>
       <c r="H3" t="str">
         <v>fatmatt</v>
       </c>
       <c r="I3">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J3">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>2</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
       </c>
       <c r="X3">
         <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Brady McDonough</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>59</v>
       </c>
       <c r="H4" t="str">
         <v>bradymcd13</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
@@ -797,51 +803,51 @@
       </c>
       <c r="AB4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Aiden McDonough</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>62</v>
       </c>
       <c r="H5" t="str">
-        <v>amcdonough13</v>
+        <v>apm2000</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>62</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -877,246 +883,267 @@
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Ron Williams</v>
       </c>
       <c r="E6">
         <v>4</v>
       </c>
       <c r="F6">
-        <v>56</v>
+        <v>64</v>
+      </c>
+      <c r="G6">
+        <v>321336</v>
       </c>
       <c r="H6" t="str">
         <v>scramble99</v>
       </c>
       <c r="I6">
         <v>4</v>
       </c>
       <c r="J6">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
+      </c>
+      <c r="W6">
+        <v>4</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Brian Drake</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="H7" t="str">
         <v>briandrake</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J7">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
+        <v>5</v>
+      </c>
+      <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Andy Olson</v>
       </c>
       <c r="E8">
         <v>11</v>
       </c>
       <c r="F8">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="H8" t="str">
         <v>ao603nh</v>
       </c>
       <c r="I8">
         <v>11</v>
       </c>
       <c r="J8">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>6</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 