--- v0 (2026-02-08)
+++ v1 (2026-03-21)
@@ -1651,51 +1651,51 @@
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Michael Tully</v>
       </c>
       <c r="E15">
         <v>19</v>
       </c>
       <c r="F15">
         <v>79</v>
       </c>
       <c r="H15" t="str">
-        <v>miketully1</v>
+        <v>mtully25</v>
       </c>
       <c r="I15">
         <v>19</v>
       </c>
       <c r="J15">
         <v>79</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>