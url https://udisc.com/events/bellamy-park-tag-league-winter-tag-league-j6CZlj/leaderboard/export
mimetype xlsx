--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -805,50 +805,53 @@
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Ron Williams</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>64</v>
       </c>
+      <c r="G5">
+        <v>321336</v>
+      </c>
       <c r="H5" t="str">
         <v>scramble99</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>64</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>7</v>
       </c>
       <c r="P5">