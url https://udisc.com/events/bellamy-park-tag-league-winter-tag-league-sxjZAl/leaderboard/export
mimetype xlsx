--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1055,51 +1055,51 @@
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>Aiden McDonough</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>59</v>
       </c>
       <c r="H8" t="str">
-        <v>amcdonough13</v>
+        <v>apm2000</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>59</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>