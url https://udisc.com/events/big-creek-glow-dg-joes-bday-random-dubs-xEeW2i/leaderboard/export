--- v0 (2025-12-25)
+++ v1 (2026-03-03)
@@ -631,110 +631,113 @@
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jay Greenwood &amp; Joe Smith</v>
       </c>
       <c r="E3">
         <v>-11</v>
       </c>
       <c r="F3">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="H3" t="str">
         <v>gdlrollerguy,smith1985</v>
       </c>
       <c r="I3">
         <v>-11</v>
       </c>
       <c r="J3">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v xml:space="preserve">BrianB &amp; Steven Sierzant </v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="H4" t="str">
         <v>brianb36534,roadranger</v>
       </c>
@@ -960,110 +963,113 @@
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Josh Butcher &amp; Morgan Evans</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H7" t="str">
         <v>bdhukr37944,morganmarie0022</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB7"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">