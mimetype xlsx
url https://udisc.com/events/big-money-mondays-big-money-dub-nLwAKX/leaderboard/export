--- v0 (2025-12-30)
+++ v1 (2026-01-19)
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Joshua Matheison &amp; Brandon S</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>56</v>
       </c>
       <c r="H4" t="str">
-        <v>joshmatheison,bmsanche</v>
+        <v>tightchungus,bmsanche</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>56</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>