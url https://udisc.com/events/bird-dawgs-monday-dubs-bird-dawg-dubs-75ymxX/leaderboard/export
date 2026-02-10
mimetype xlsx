--- v0 (2025-12-17)
+++ v1 (2026-02-10)
@@ -1212,51 +1212,51 @@
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Bryan Cull &amp; Mike westlund</v>
       </c>
       <c r="E10">
         <v>-7</v>
       </c>
       <c r="F10">
         <v>44</v>
       </c>
       <c r="H10" t="str">
-        <v>discin4life,cheese85</v>
+        <v>discin4life</v>
       </c>
       <c r="I10">
         <v>-7</v>
       </c>
       <c r="J10">
         <v>44</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>