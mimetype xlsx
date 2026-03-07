--- v0 (2026-01-18)
+++ v1 (2026-03-07)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB30"/>
+  <dimension ref="A1:AB26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="7.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="7.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="8.83203125" customWidth="1"/>
     <col min="21" max="21" width="8.83203125" customWidth="1"/>
@@ -536,681 +536,417 @@
       </c>
       <c r="W1" t="str">
         <v>hole_B13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_B14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_B15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_B16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_B17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_B18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Ben Matthews</v>
+        <v>Liam Murphy</v>
       </c>
       <c r="E2">
-        <v>-16</v>
+        <v>-1</v>
       </c>
       <c r="F2">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>146880</v>
+        <v>2</v>
       </c>
       <c r="H2" t="str">
-        <v>benmatt</v>
+        <v>leemo37</v>
       </c>
       <c r="I2">
-        <v>-16</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="K2">
-        <v>2</v>
-[...43 lines deleted...]
-      <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>David Curran</v>
+        <v>Sadhabh Ni Cheirigh</v>
       </c>
       <c r="E3">
-        <v>-15</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="H3" t="str">
-        <v>david8698</v>
+        <v>sadhabh</v>
       </c>
       <c r="I3">
-        <v>-15</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>30</v>
-[...43 lines deleted...]
-      <c r="AB3">
+        <v>2</v>
+      </c>
+      <c r="X3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Lukas G</v>
+        <v>Gregory Doyle</v>
       </c>
       <c r="E4">
-        <v>-14</v>
+        <v>-2</v>
       </c>
       <c r="F4">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>314247</v>
+        <v>4</v>
       </c>
       <c r="H4" t="str">
-        <v>luxas93</v>
+        <v>gregory2691</v>
       </c>
       <c r="I4">
-        <v>-14</v>
+        <v>-2</v>
       </c>
       <c r="J4">
-        <v>28</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
-      <c r="S4">
-[...13 lines deleted...]
-      </c>
       <c r="Y4">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Chance Cook</v>
+        <v>Dáire Ó Faogáin</v>
       </c>
       <c r="E5">
-        <v>-14</v>
+        <v>-3</v>
       </c>
       <c r="F5">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="H5" t="str">
-        <v>mandoplyr</v>
+        <v>dofaogain93</v>
       </c>
       <c r="I5">
-        <v>-14</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>28</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
-      <c r="Q5">
-[...7 lines deleted...]
-      </c>
       <c r="V5">
-        <v>2</v>
-[...10 lines deleted...]
-      <c r="AA5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T3</v>
-[...1 lines deleted...]
-      <c r="C6">
+        <v>DNF</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Conor Dunne</v>
+      </c>
+      <c r="E6">
+        <v>-3</v>
+      </c>
+      <c r="F6">
+        <v>12</v>
+      </c>
+      <c r="H6" t="str">
+        <v>conordunne</v>
+      </c>
+      <c r="I6">
+        <v>-3</v>
+      </c>
+      <c r="J6">
+        <v>12</v>
+      </c>
+      <c r="K6">
         <v>3</v>
       </c>
-      <c r="D6" t="str">
-[...22 lines deleted...]
-      </c>
       <c r="L6">
         <v>2</v>
       </c>
-      <c r="M6">
-[...4 lines deleted...]
-      </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
-        <v>5</v>
-[...19 lines deleted...]
-      <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Thomas Connor</v>
+        <v>Bronagh Murray</v>
       </c>
       <c r="E7">
-        <v>-13</v>
+        <v>-7</v>
       </c>
       <c r="F7">
-        <v>26</v>
+        <v>14</v>
+      </c>
+      <c r="G7">
+        <v>236950</v>
       </c>
       <c r="H7" t="str">
-        <v>thehuntsman</v>
+        <v>bromur</v>
       </c>
       <c r="I7">
-        <v>-13</v>
+        <v>-7</v>
       </c>
       <c r="J7">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
-      <c r="P7">
-[...10 lines deleted...]
-      </c>
       <c r="U7">
         <v>2</v>
       </c>
-      <c r="W7">
-[...1 lines deleted...]
-      </c>
       <c r="X7">
         <v>2</v>
       </c>
-      <c r="Z7">
-[...2 lines deleted...]
-      <c r="AA7">
+      <c r="Y7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Sarah Delahunt</v>
+        <v>Tom Healy</v>
       </c>
       <c r="E8">
-        <v>-10</v>
+        <v>-7</v>
       </c>
       <c r="F8">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G8">
-        <v>314967</v>
+        <v>315651</v>
       </c>
       <c r="H8" t="str">
-        <v>sportychick2</v>
+        <v>homtealy</v>
       </c>
       <c r="I8">
-        <v>-10</v>
+        <v>-7</v>
       </c>
       <c r="J8">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
-      <c r="N8">
-[...8 lines deleted...]
-      <c r="R8">
+      <c r="P8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
-      <c r="W8">
+      <c r="V8">
         <v>2</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
-      <c r="Z8">
+      <c r="Y8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Conor Phelan</v>
+        <v>Alan Reidy</v>
       </c>
       <c r="E9">
-        <v>-10</v>
+        <v>-9</v>
       </c>
       <c r="F9">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H9" t="str">
-        <v>crohuir</v>
+        <v>redwah</v>
       </c>
       <c r="I9">
-        <v>-10</v>
+        <v>-9</v>
       </c>
       <c r="J9">
-        <v>23</v>
-[...20 lines deleted...]
-        <v>2</v>
+        <v>15</v>
+      </c>
+      <c r="M9">
+        <v>2</v>
+      </c>
+      <c r="N9">
+        <v>2</v>
+      </c>
+      <c r="Q9">
+        <v>1</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
-      <c r="X9">
-[...1 lines deleted...]
-      </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
+        <v>2</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Alan Reidy</v>
+        <v>Darren Smyth</v>
       </c>
       <c r="E10">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F10">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H10" t="str">
-        <v>redwah</v>
+        <v>darrensmyth</v>
       </c>
       <c r="I10">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="J10">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="M10">
+        <v>16</v>
+      </c>
+      <c r="K10">
+        <v>2</v>
+      </c>
+      <c r="L10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
-      <c r="Q10">
-[...14 lines deleted...]
-      <c r="AB10">
+      <c r="O10">
+        <v>2</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="T10">
+        <v>2</v>
+      </c>
+      <c r="V10">
+        <v>2</v>
+      </c>
+      <c r="X10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
         <v>Andrew Burnett</v>
       </c>
       <c r="E11">
         <v>-9</v>
       </c>
       <c r="F11">
         <v>18</v>
       </c>
       <c r="G11">
         <v>315017</v>
       </c>
       <c r="H11" t="str">
         <v>andburn</v>
       </c>
       <c r="I11">
         <v>-9</v>
       </c>
       <c r="J11">
         <v>18</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
@@ -1222,54 +958,51 @@
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
         <v>Gearóid Ó Fearghail</v>
       </c>
       <c r="E12">
         <v>-9</v>
       </c>
       <c r="F12">
         <v>18</v>
       </c>
       <c r="H12" t="str">
         <v>gearoid</v>
       </c>
       <c r="I12">
         <v>-9</v>
       </c>
       <c r="J12">
         <v>18</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
@@ -1278,54 +1011,51 @@
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
         <v>Martin Kelly</v>
       </c>
       <c r="E13">
         <v>-9</v>
       </c>
       <c r="F13">
         <v>18</v>
       </c>
       <c r="H13" t="str">
         <v>martinjfk</v>
       </c>
       <c r="I13">
         <v>-9</v>
       </c>
       <c r="J13">
         <v>18</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
@@ -1334,54 +1064,51 @@
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="V13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Seamus Breathnach</v>
       </c>
       <c r="E14">
         <v>-9</v>
       </c>
       <c r="F14">
         <v>18</v>
       </c>
       <c r="H14" t="str">
         <v>seamus2b</v>
       </c>
       <c r="I14">
         <v>-9</v>
       </c>
       <c r="J14">
         <v>18</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
@@ -1390,54 +1117,51 @@
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>2</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Matt Corker</v>
       </c>
       <c r="E15">
         <v>-9</v>
       </c>
       <c r="F15">
         <v>21</v>
       </c>
       <c r="G15">
         <v>313851</v>
       </c>
       <c r="H15" t="str">
         <v>mattcorker</v>
       </c>
       <c r="I15">
         <v>-9</v>
       </c>
       <c r="J15">
         <v>21</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
@@ -1452,672 +1176,781 @@
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
-        <v>Bob van Rugge</v>
+        <v>Sarah Delahunt</v>
       </c>
       <c r="E16">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F16">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="G16">
-        <v>205857</v>
+        <v>314967</v>
       </c>
       <c r="H16" t="str">
-        <v>frizbob</v>
+        <v>sportychick2</v>
       </c>
       <c r="I16">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="J16">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
+      <c r="N16">
+        <v>2</v>
+      </c>
       <c r="O16">
         <v>2</v>
       </c>
+      <c r="Q16">
+        <v>2</v>
+      </c>
       <c r="R16">
         <v>2</v>
       </c>
-      <c r="S16">
-[...1 lines deleted...]
-      </c>
       <c r="T16">
         <v>2</v>
       </c>
-      <c r="U16">
-[...4 lines deleted...]
-      </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="AA16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v>Cillian Flynn</v>
+        <v>Mark durack</v>
       </c>
       <c r="E17">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="F17">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="H17" t="str">
-        <v>killflys</v>
+        <v>mark918</v>
       </c>
       <c r="I17">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="J17">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
-      <c r="N17">
-[...1 lines deleted...]
-      </c>
       <c r="O17">
         <v>2</v>
       </c>
-      <c r="P17">
-[...1 lines deleted...]
-      </c>
       <c r="T17">
         <v>2</v>
       </c>
+      <c r="U17">
+        <v>2</v>
+      </c>
       <c r="V17">
         <v>2</v>
       </c>
       <c r="W17">
         <v>2</v>
       </c>
       <c r="X17">
         <v>2</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
-      <c r="Z17">
-[...2 lines deleted...]
-      <c r="AA17">
+      <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Darren Smyth</v>
+        <v>Conor Phelan</v>
       </c>
       <c r="E18">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="F18">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H18" t="str">
-        <v>darrensmyth</v>
+        <v>crohuir</v>
       </c>
       <c r="I18">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="J18">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
-      <c r="N18">
-[...1 lines deleted...]
-      </c>
       <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
         <v>2</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
-      <c r="T18">
+      <c r="S18">
         <v>2</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
+      <c r="W18">
+        <v>2</v>
+      </c>
       <c r="X18">
+        <v>2</v>
+      </c>
+      <c r="Y18">
+        <v>2</v>
+      </c>
+      <c r="Z18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Bronagh Murray</v>
+        <v>Bob van Rugge</v>
       </c>
       <c r="E19">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F19">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="G19">
-        <v>236950</v>
+        <v>205857</v>
       </c>
       <c r="H19" t="str">
-        <v>bromur</v>
+        <v>frizbob</v>
       </c>
       <c r="I19">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J19">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
-      <c r="N19">
-[...1 lines deleted...]
-      </c>
       <c r="O19">
         <v>2</v>
       </c>
+      <c r="R19">
+        <v>2</v>
+      </c>
+      <c r="S19">
+        <v>2</v>
+      </c>
+      <c r="T19">
+        <v>2</v>
+      </c>
       <c r="U19">
         <v>2</v>
       </c>
+      <c r="V19">
+        <v>2</v>
+      </c>
+      <c r="W19">
+        <v>2</v>
+      </c>
       <c r="X19">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="Y19">
+        <v>5</v>
+      </c>
+      <c r="Z19">
+        <v>2</v>
+      </c>
+      <c r="AA19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Tom Healy</v>
+        <v>Cillian Flynn</v>
       </c>
       <c r="E20">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F20">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>315651</v>
+        <v>27</v>
       </c>
       <c r="H20" t="str">
-        <v>homtealy</v>
+        <v>killflys</v>
       </c>
       <c r="I20">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J20">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
+      <c r="N20">
+        <v>2</v>
+      </c>
+      <c r="O20">
+        <v>2</v>
+      </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
+      <c r="W20">
+        <v>2</v>
+      </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
+        <v>2</v>
+      </c>
+      <c r="Z20">
+        <v>2</v>
+      </c>
+      <c r="AA20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Mark durack</v>
+        <v>Thomas Connor</v>
       </c>
       <c r="E21">
-        <v>-7</v>
+        <v>-13</v>
       </c>
       <c r="F21">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H21" t="str">
-        <v>mark918</v>
+        <v>thehuntsman</v>
       </c>
       <c r="I21">
-        <v>-7</v>
+        <v>-13</v>
       </c>
       <c r="J21">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K21">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
+      <c r="N21">
+        <v>2</v>
+      </c>
       <c r="O21">
         <v>2</v>
       </c>
+      <c r="P21">
+        <v>2</v>
+      </c>
+      <c r="R21">
+        <v>2</v>
+      </c>
+      <c r="S21">
+        <v>2</v>
+      </c>
       <c r="T21">
         <v>2</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
-      <c r="V21">
-[...1 lines deleted...]
-      </c>
       <c r="W21">
         <v>2</v>
       </c>
       <c r="X21">
         <v>2</v>
       </c>
-      <c r="Y21">
-[...2 lines deleted...]
-      <c r="AB21">
+      <c r="Z21">
+        <v>2</v>
+      </c>
+      <c r="AA21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T21</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Dáire Ó Faogáin</v>
+        <v>Lukas G</v>
       </c>
       <c r="E22">
-        <v>-3</v>
+        <v>-14</v>
       </c>
       <c r="F22">
-        <v>6</v>
+        <v>28</v>
+      </c>
+      <c r="G22">
+        <v>314247</v>
       </c>
       <c r="H22" t="str">
-        <v>dofaogain93</v>
+        <v>luxas93</v>
       </c>
       <c r="I22">
-        <v>-3</v>
+        <v>-14</v>
       </c>
       <c r="J22">
-        <v>6</v>
+        <v>28</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
+      </c>
+      <c r="L22">
+        <v>2</v>
+      </c>
+      <c r="M22">
+        <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
-      <c r="P22">
+      <c r="R22">
+        <v>2</v>
+      </c>
+      <c r="S22">
+        <v>2</v>
+      </c>
+      <c r="T22">
         <v>2</v>
       </c>
       <c r="V22">
+        <v>2</v>
+      </c>
+      <c r="W22">
+        <v>2</v>
+      </c>
+      <c r="X22">
+        <v>2</v>
+      </c>
+      <c r="Y22">
+        <v>2</v>
+      </c>
+      <c r="Z22">
+        <v>2</v>
+      </c>
+      <c r="AA22">
+        <v>2</v>
+      </c>
+      <c r="AB22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T21</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>Conor Dunne</v>
+        <v>Chance Cook</v>
       </c>
       <c r="E23">
-        <v>-3</v>
+        <v>-14</v>
       </c>
       <c r="F23">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="H23" t="str">
-        <v>conordunne</v>
+        <v>mandoplyr</v>
       </c>
       <c r="I23">
-        <v>-3</v>
+        <v>-14</v>
       </c>
       <c r="J23">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
+      <c r="M23">
+        <v>2</v>
+      </c>
+      <c r="N23">
+        <v>2</v>
+      </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
-      <c r="Y23">
-        <v>3</v>
+      <c r="Q23">
+        <v>2</v>
+      </c>
+      <c r="S23">
+        <v>2</v>
+      </c>
+      <c r="U23">
+        <v>2</v>
+      </c>
+      <c r="V23">
+        <v>2</v>
+      </c>
+      <c r="W23">
+        <v>2</v>
+      </c>
+      <c r="X23">
+        <v>2</v>
+      </c>
+      <c r="Z23">
+        <v>2</v>
+      </c>
+      <c r="AA23">
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Gregory Doyle</v>
+        <v>David Curran</v>
       </c>
       <c r="E24">
-        <v>-2</v>
+        <v>-15</v>
       </c>
       <c r="F24">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="H24" t="str">
-        <v>gregory2691</v>
+        <v>david8698</v>
       </c>
       <c r="I24">
-        <v>-2</v>
+        <v>-15</v>
       </c>
       <c r="J24">
-        <v>4</v>
+        <v>30</v>
+      </c>
+      <c r="K24">
+        <v>2</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>2</v>
+      </c>
+      <c r="N24">
+        <v>2</v>
+      </c>
+      <c r="P24">
+        <v>2</v>
       </c>
       <c r="R24">
         <v>2</v>
       </c>
+      <c r="S24">
+        <v>2</v>
+      </c>
+      <c r="T24">
+        <v>2</v>
+      </c>
+      <c r="U24">
+        <v>2</v>
+      </c>
+      <c r="V24">
+        <v>2</v>
+      </c>
+      <c r="W24">
+        <v>2</v>
+      </c>
       <c r="Y24">
+        <v>2</v>
+      </c>
+      <c r="Z24">
+        <v>2</v>
+      </c>
+      <c r="AA24">
+        <v>2</v>
+      </c>
+      <c r="AB24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>T24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v>Liam Murphy</v>
+        <v>Ben Matthews</v>
       </c>
       <c r="E25">
-        <v>-1</v>
+        <v>-16</v>
       </c>
       <c r="F25">
-        <v>2</v>
+        <v>32</v>
+      </c>
+      <c r="G25">
+        <v>146880</v>
       </c>
       <c r="H25" t="str">
-        <v>leemo37</v>
+        <v>benmatt</v>
       </c>
       <c r="I25">
-        <v>-1</v>
+        <v>-16</v>
       </c>
       <c r="J25">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25">
+        <v>2</v>
+      </c>
+      <c r="M25">
+        <v>2</v>
+      </c>
+      <c r="N25">
+        <v>2</v>
+      </c>
+      <c r="O25">
+        <v>2</v>
+      </c>
+      <c r="P25">
+        <v>2</v>
+      </c>
+      <c r="Q25">
+        <v>2</v>
+      </c>
+      <c r="R25">
+        <v>2</v>
+      </c>
+      <c r="S25">
+        <v>2</v>
+      </c>
+      <c r="T25">
+        <v>2</v>
+      </c>
+      <c r="U25">
+        <v>2</v>
+      </c>
+      <c r="W25">
+        <v>2</v>
+      </c>
+      <c r="X25">
+        <v>2</v>
+      </c>
+      <c r="Z25">
+        <v>2</v>
+      </c>
+      <c r="AA25">
+        <v>2</v>
+      </c>
+      <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>T24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Sadhabh Ni Cheirigh</v>
+        <v>Martijn Swartbol</v>
       </c>
       <c r="E26">
-        <v>-1</v>
+        <v>-14</v>
       </c>
       <c r="F26">
-        <v>2</v>
+        <v>37</v>
+      </c>
+      <c r="G26">
+        <v>202782</v>
       </c>
       <c r="H26" t="str">
-        <v>sadhabh</v>
+        <v>tijntje</v>
       </c>
       <c r="I26">
-        <v>-1</v>
+        <v>-14</v>
       </c>
       <c r="J26">
+        <v>37</v>
+      </c>
+      <c r="K26">
+        <v>2</v>
+      </c>
+      <c r="L26">
+        <v>2</v>
+      </c>
+      <c r="M26">
+        <v>2</v>
+      </c>
+      <c r="N26">
+        <v>2</v>
+      </c>
+      <c r="O26">
+        <v>2</v>
+      </c>
+      <c r="P26">
+        <v>5</v>
+      </c>
+      <c r="Q26">
+        <v>2</v>
+      </c>
+      <c r="R26">
+        <v>2</v>
+      </c>
+      <c r="T26">
+        <v>2</v>
+      </c>
+      <c r="U26">
+        <v>2</v>
+      </c>
+      <c r="V26">
+        <v>2</v>
+      </c>
+      <c r="W26">
         <v>2</v>
       </c>
       <c r="X26">
         <v>2</v>
       </c>
-    </row>
-[...89 lines deleted...]
-        <v>0</v>
+      <c r="Y26">
+        <v>2</v>
+      </c>
+      <c r="Z26">
+        <v>2</v>
+      </c>
+      <c r="AA26">
+        <v>2</v>
+      </c>
+      <c r="AB26">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB30"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 