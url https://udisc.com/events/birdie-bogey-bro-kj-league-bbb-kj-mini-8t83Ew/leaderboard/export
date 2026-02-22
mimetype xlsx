--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -2163,50 +2163,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Cpl</v>
       </c>
       <c r="B21" t="str">
         <v>11</v>
       </c>
       <c r="C21">
         <v>11</v>
       </c>
       <c r="D21" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E21">
         <v>11</v>
       </c>
       <c r="F21">
         <v>65</v>
       </c>
+      <c r="G21">
+        <v>260009</v>
+      </c>
       <c r="H21" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I21">
         <v>11</v>
       </c>
       <c r="J21">
         <v>65</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">