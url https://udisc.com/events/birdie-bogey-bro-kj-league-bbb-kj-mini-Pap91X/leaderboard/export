--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -3006,286 +3006,289 @@
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>Cpl</v>
       </c>
       <c r="B31" t="str">
         <v>T7</v>
       </c>
       <c r="C31">
         <v>7</v>
       </c>
       <c r="D31" t="str">
-        <v>Ian Love</v>
+        <v>Tyler Arvizu</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="F31">
         <v>56</v>
       </c>
+      <c r="G31">
+        <v>318827</v>
+      </c>
       <c r="H31" t="str">
-        <v>chkrkrdvanz</v>
+        <v>pyro69</v>
       </c>
       <c r="I31">
         <v>2</v>
       </c>
       <c r="J31">
         <v>56</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>Cpl</v>
       </c>
       <c r="B32" t="str">
         <v>T7</v>
       </c>
       <c r="C32">
         <v>7</v>
       </c>
       <c r="D32" t="str">
-        <v>Kale G</v>
+        <v>Ian Love</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>56</v>
       </c>
       <c r="H32" t="str">
-        <v>kalegarner</v>
+        <v>chkrkrdvanz</v>
       </c>
       <c r="I32">
         <v>2</v>
       </c>
       <c r="J32">
         <v>56</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W32">
         <v>3</v>
       </c>
       <c r="X32">
         <v>2</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z32">
         <v>4</v>
       </c>
       <c r="AA32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>Cpl</v>
       </c>
       <c r="B33" t="str">
         <v>T7</v>
       </c>
       <c r="C33">
         <v>7</v>
       </c>
       <c r="D33" t="str">
-        <v>Tyler Arvizu</v>
+        <v>Kale G</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="F33">
         <v>56</v>
       </c>
       <c r="H33" t="str">
-        <v>pyro69</v>
+        <v>kalegarner</v>
       </c>
       <c r="I33">
         <v>2</v>
       </c>
       <c r="J33">
         <v>56</v>
       </c>
       <c r="K33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S33">
         <v>3</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="Y33">
         <v>2</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA33">
         <v>5</v>
       </c>
       <c r="AB33">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>Cpl</v>
       </c>
       <c r="B34" t="str">
         <v>10</v>
       </c>
       <c r="C34">
         <v>10</v>
       </c>
       <c r="D34" t="str">
         <v>VANESSA Shumard</v>
       </c>
       <c r="E34">
         <v>4</v>
       </c>
       <c r="F34">
         <v>58</v>
       </c>
       <c r="G34">
         <v>154390</v>
       </c>
       <c r="H34" t="str">