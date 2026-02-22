--- v0 (2026-01-30)
+++ v1 (2026-02-22)
@@ -1228,50 +1228,53 @@
         <v>4</v>
       </c>
       <c r="T12">
         <v>4</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Cpl</v>
       </c>
       <c r="B13" t="str">
         <v>DNF</v>
       </c>
       <c r="D13" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>34</v>
       </c>
+      <c r="G13">
+        <v>260009</v>
+      </c>
       <c r="H13" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>34</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">