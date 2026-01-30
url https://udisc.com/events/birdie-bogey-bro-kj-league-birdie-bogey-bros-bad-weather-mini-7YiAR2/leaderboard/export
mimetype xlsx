--- v0 (2025-12-24)
+++ v1 (2026-01-30)
@@ -1063,50 +1063,53 @@
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Cpl</v>
       </c>
       <c r="B8" t="str">
         <v>3</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8" t="str">
         <v>Dakota Ray</v>
       </c>
       <c r="E8">
         <v>11</v>
       </c>
       <c r="F8">
         <v>67</v>
       </c>
+      <c r="G8">
+        <v>294885</v>
+      </c>
       <c r="H8" t="str">
         <v>drayrayk</v>
       </c>
       <c r="I8">
         <v>11</v>
       </c>
       <c r="J8">
         <v>67</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>6</v>
       </c>
       <c r="O8">
         <v>5</v>
       </c>
       <c r="P8">