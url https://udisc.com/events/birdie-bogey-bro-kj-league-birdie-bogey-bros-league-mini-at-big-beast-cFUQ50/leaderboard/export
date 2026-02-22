--- v1 (2026-01-30)
+++ v2 (2026-02-22)
@@ -1537,50 +1537,53 @@
         <v>5</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Cpl</v>
       </c>
       <c r="B14" t="str">
         <v>4</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E14">
         <v>11</v>
       </c>
       <c r="F14">
         <v>67</v>
       </c>
+      <c r="G14">
+        <v>260009</v>
+      </c>
       <c r="H14" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I14">
         <v>11</v>
       </c>
       <c r="J14">
         <v>67</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">