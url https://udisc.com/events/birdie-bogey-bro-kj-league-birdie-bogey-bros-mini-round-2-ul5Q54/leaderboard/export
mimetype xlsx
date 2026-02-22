--- v0 (2026-01-30)
+++ v1 (2026-02-22)
@@ -1166,50 +1166,53 @@
         <v>4</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Cpl</v>
       </c>
       <c r="B12" t="str">
         <v>6</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12" t="str">
         <v>Dakota smith</v>
       </c>
       <c r="E12">
         <v>8</v>
       </c>
       <c r="F12">
         <v>42</v>
       </c>
+      <c r="G12">
+        <v>260009</v>
+      </c>
       <c r="H12" t="str">
         <v>dsmith79</v>
       </c>
       <c r="I12">
         <v>8</v>
       </c>
       <c r="J12">
         <v>42</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">