--- v0 (2025-10-21)
+++ v1 (2026-02-15)
@@ -1733,50 +1733,53 @@
         <v>4</v>
       </c>
       <c r="AB15">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>New</v>
       </c>
       <c r="B16" t="str">
         <v>1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Celene Plunkett</v>
       </c>
       <c r="E16">
         <v>9</v>
       </c>
       <c r="F16">
         <v>68</v>
       </c>
+      <c r="G16">
+        <v>320751</v>
+      </c>
       <c r="H16" t="str">
         <v>celeryplunkett2</v>
       </c>
       <c r="I16">
         <v>9</v>
       </c>
       <c r="J16">
         <v>68</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">