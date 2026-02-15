--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1268,50 +1268,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>8</v>
       </c>
       <c r="G9">
         <v>8</v>
       </c>
       <c r="H9" t="str">
         <v>Callum Summors</v>
       </c>
       <c r="I9">
         <v>28</v>
       </c>
       <c r="J9">
         <v>91</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
+      <c r="L9">
+        <v>316930</v>
+      </c>
       <c r="M9" t="str">
         <v>zaldor</v>
       </c>
       <c r="N9">
         <v>28</v>
       </c>
       <c r="O9">
         <v>91</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>5</v>
       </c>
       <c r="R9">
         <v>5</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
       <c r="T9">
         <v>6</v>
       </c>
       <c r="U9">