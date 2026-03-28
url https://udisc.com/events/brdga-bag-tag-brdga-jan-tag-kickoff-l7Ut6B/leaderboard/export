--- v1 (2026-01-23)
+++ v2 (2026-03-28)
@@ -5731,51 +5731,51 @@
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>GEN</v>
       </c>
       <c r="B63" t="str">
         <v>T61</v>
       </c>
       <c r="C63">
         <v>61</v>
       </c>
       <c r="D63" t="str">
         <v>Micah Daigle</v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
         <v>57</v>
       </c>
       <c r="G63">
         <v>209717</v>
       </c>
       <c r="H63" t="str">
-        <v>micahc2000</v>
+        <v>holdonimbusy</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
       <c r="J63">
         <v>57</v>
       </c>
       <c r="K63">
         <v>5</v>
       </c>
       <c r="L63">
         <v>3</v>
       </c>
       <c r="M63">
         <v>3</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">
         <v>4</v>
       </c>