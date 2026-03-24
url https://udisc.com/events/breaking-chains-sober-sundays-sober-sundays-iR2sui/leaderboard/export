--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -1233,51 +1233,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Joe Kondor</v>
       </c>
       <c r="E10">
         <v>6</v>
       </c>
       <c r="F10">
         <v>60</v>
       </c>
       <c r="G10">
         <v>227371</v>
       </c>
       <c r="H10" t="str">
-        <v>kondornest</v>
+        <v>kondor828</v>
       </c>
       <c r="I10">
         <v>6</v>
       </c>
       <c r="J10">
         <v>60</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>