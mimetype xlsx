--- v0 (2025-11-17)
+++ v1 (2026-01-17)
@@ -5769,238 +5769,238 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA4</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>SquirrelBoy</v>
+        <v>Steven Mak</v>
       </c>
       <c r="E2">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="F2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="G2">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="I2" t="str">
-        <v>squirrelboy81</v>
+        <v>samak001</v>
       </c>
       <c r="J2">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="K2">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="L2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="P2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="Q2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="R2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="S2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="U2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA4</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" t="str">
-        <v>Steven Mak</v>
+        <v>SquirrelBoy</v>
       </c>
       <c r="E3">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="G3">
-        <v>122</v>
+        <v>99</v>
       </c>
       <c r="I3" t="str">
-        <v>samak001</v>
+        <v>squirrelboy81</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="K3">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="L3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FA2</v>
       </c>
       <c r="B4" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Harmony Cole</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G4">
-        <v>136</v>
+        <v>66</v>
       </c>
       <c r="I4" t="str">
         <v>harmony1</v>
       </c>
       <c r="J4">
         <v>18</v>
       </c>
       <c r="K4">
         <v>66</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -6027,66 +6027,66 @@
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>5</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FA2</v>
       </c>
       <c r="B5" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Heather Hamm</v>
       </c>
       <c r="E5">
         <v>19</v>
       </c>
       <c r="F5">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G5">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="I5" t="str">
         <v>hhrudyandchip</v>
       </c>
       <c r="J5">
         <v>58</v>
       </c>
       <c r="K5">
         <v>97</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>8</v>
       </c>
@@ -6113,238 +6113,238 @@
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>8</v>
       </c>
       <c r="Z5">
         <v>7</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FA3</v>
       </c>
       <c r="B6" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Caileigh Beckman</v>
+        <v>Joelle Chalmers</v>
       </c>
       <c r="E6">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G6">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="I6" t="str">
-        <v>caileighb</v>
+        <v>chalmersj</v>
       </c>
       <c r="J6">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K6">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>5</v>
+      </c>
+      <c r="U6">
+        <v>4</v>
+      </c>
+      <c r="V6">
         <v>6</v>
       </c>
-      <c r="R6">
-[...13 lines deleted...]
-      </c>
       <c r="W6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FA3</v>
       </c>
       <c r="B7" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D7" t="str">
-        <v>Joelle Chalmers</v>
+        <v>Caileigh Beckman</v>
       </c>
       <c r="E7">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G7">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="I7" t="str">
-        <v>chalmersj</v>
+        <v>caileighb</v>
       </c>
       <c r="J7">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K7">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>5</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>FA3</v>
       </c>
       <c r="B8" t="str">
-        <v>3</v>
+        <v>T5</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Pitmaam</v>
       </c>
       <c r="E8">
         <v>23</v>
       </c>
       <c r="F8">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G8">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="I8" t="str">
         <v>apitman</v>
       </c>
       <c r="J8">
         <v>38</v>
       </c>
       <c r="K8">
         <v>73</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -6371,66 +6371,66 @@
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>6</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FA3</v>
       </c>
       <c r="B9" t="str">
-        <v>4</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Nicole Zacharias</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G9">
-        <v>174</v>
+        <v>85</v>
       </c>
       <c r="I9" t="str">
         <v>nzacharias</v>
       </c>
       <c r="J9">
         <v>56</v>
       </c>
       <c r="K9">
         <v>85</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
@@ -6457,66 +6457,66 @@
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>5</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
         <v>5</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MJ12</v>
       </c>
       <c r="B10" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Finn</v>
       </c>
       <c r="E10">
         <v>38</v>
       </c>
       <c r="F10">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G10">
-        <v>192</v>
+        <v>89</v>
       </c>
       <c r="I10" t="str">
         <v>finngee123</v>
       </c>
       <c r="J10">
         <v>69</v>
       </c>
       <c r="K10">
         <v>89</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>5</v>
       </c>
@@ -8642,370 +8642,370 @@
       </c>
       <c r="H1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="I1" t="str">
         <v>username</v>
       </c>
       <c r="J1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="M1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA4</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>SquirrelBoy</v>
+        <v>Steven Mak</v>
       </c>
       <c r="E2">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="F2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="G2">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="I2" t="str">
-        <v>squirrelboy81</v>
+        <v>samak001</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
       <c r="M2">
-        <v>99</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA4</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" t="str">
-        <v>Steven Mak</v>
+        <v>SquirrelBoy</v>
       </c>
       <c r="E3">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="G3">
-        <v>122</v>
+        <v>99</v>
       </c>
       <c r="I3" t="str">
-        <v>samak001</v>
+        <v>squirrelboy81</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
       <c r="M3">
-        <v>57</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FA2</v>
       </c>
       <c r="B4" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Harmony Cole</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G4">
-        <v>136</v>
+        <v>66</v>
       </c>
       <c r="I4" t="str">
         <v>harmony1</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>18</v>
       </c>
       <c r="L4">
         <v>0</v>
       </c>
       <c r="M4">
         <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FA2</v>
       </c>
       <c r="B5" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Heather Hamm</v>
       </c>
       <c r="E5">
         <v>19</v>
       </c>
       <c r="F5">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G5">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="I5" t="str">
         <v>hhrudyandchip</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>58</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
       <c r="M5">
         <v>97</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FA3</v>
       </c>
       <c r="B6" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Caileigh Beckman</v>
+        <v>Joelle Chalmers</v>
       </c>
       <c r="E6">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G6">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="I6" t="str">
-        <v>caileighb</v>
+        <v>chalmersj</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
       <c r="M6">
-        <v>78</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FA3</v>
       </c>
       <c r="B7" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D7" t="str">
-        <v>Joelle Chalmers</v>
+        <v>Caileigh Beckman</v>
       </c>
       <c r="E7">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G7">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="I7" t="str">
-        <v>chalmersj</v>
+        <v>caileighb</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="L7">
         <v>0</v>
       </c>
       <c r="M7">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>FA3</v>
       </c>
       <c r="B8" t="str">
-        <v>3</v>
+        <v>T5</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Pitmaam</v>
       </c>
       <c r="E8">
         <v>23</v>
       </c>
       <c r="F8">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G8">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="I8" t="str">
         <v>apitman</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>38</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
       <c r="M8">
         <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FA3</v>
       </c>
       <c r="B9" t="str">
-        <v>4</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Nicole Zacharias</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G9">
-        <v>174</v>
+        <v>85</v>
       </c>
       <c r="I9" t="str">
         <v>nzacharias</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>56</v>
       </c>
       <c r="L9">
         <v>0</v>
       </c>
       <c r="M9">
         <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MJ12</v>
       </c>
       <c r="B10" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Finn</v>
       </c>
       <c r="E10">
         <v>38</v>
       </c>
       <c r="F10">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G10">
-        <v>192</v>
+        <v>89</v>
       </c>
       <c r="I10" t="str">
         <v>finngee123</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>69</v>
       </c>
       <c r="L10">
         <v>0</v>
       </c>
       <c r="M10">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:M10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>