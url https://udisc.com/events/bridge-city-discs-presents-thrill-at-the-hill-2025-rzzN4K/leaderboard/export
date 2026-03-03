--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -3139,51 +3139,51 @@
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>1</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="str">
         <v>Erik Mak</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>2</v>
       </c>
       <c r="G26">
         <v>126</v>
       </c>
       <c r="H26">
         <v>315988</v>
       </c>
       <c r="I26" t="str">
-        <v>erikmak1</v>
+        <v>iierik</v>
       </c>
       <c r="J26">
         <v>7</v>
       </c>
       <c r="K26">
         <v>68</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
@@ -5769,238 +5769,238 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA4</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Steven Mak</v>
+        <v>SquirrelBoy</v>
       </c>
       <c r="E2">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F2">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="G2">
-        <v>57</v>
+        <v>112</v>
       </c>
       <c r="I2" t="str">
-        <v>samak001</v>
+        <v>squirrelboy81</v>
       </c>
       <c r="J2">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="K2">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="L2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="Q2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="X2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA4</v>
       </c>
       <c r="B3" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>SquirrelBoy</v>
+        <v>Steven Mak</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="G3">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="I3" t="str">
-        <v>squirrelboy81</v>
+        <v>samak001</v>
       </c>
       <c r="J3">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="K3">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="L3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="R3">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="S3">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="T3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="U3">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FA2</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Harmony Cole</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G4">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="I4" t="str">
         <v>harmony1</v>
       </c>
       <c r="J4">
         <v>18</v>
       </c>
       <c r="K4">
         <v>66</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -6027,66 +6027,66 @@
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>5</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FA2</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Heather Hamm</v>
       </c>
       <c r="E5">
         <v>19</v>
       </c>
       <c r="F5">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G5">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="I5" t="str">
         <v>hhrudyandchip</v>
       </c>
       <c r="J5">
         <v>58</v>
       </c>
       <c r="K5">
         <v>97</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>8</v>
       </c>
@@ -6113,238 +6113,238 @@
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>8</v>
       </c>
       <c r="Z5">
         <v>7</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FA3</v>
       </c>
       <c r="B6" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Joelle Chalmers</v>
+        <v>Caileigh Beckman</v>
       </c>
       <c r="E6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G6">
-        <v>69</v>
+        <v>140</v>
       </c>
       <c r="I6" t="str">
-        <v>chalmersj</v>
+        <v>caileighb</v>
       </c>
       <c r="J6">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K6">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>5</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FA3</v>
       </c>
       <c r="B7" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D7" t="str">
-        <v>Caileigh Beckman</v>
+        <v>Joelle Chalmers</v>
       </c>
       <c r="E7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G7">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="I7" t="str">
-        <v>caileighb</v>
+        <v>chalmersj</v>
       </c>
       <c r="J7">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K7">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>5</v>
+      </c>
+      <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
         <v>6</v>
       </c>
-      <c r="R7">
-[...13 lines deleted...]
-      </c>
       <c r="W7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>FA3</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>3</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D8" t="str">
         <v>Pitmaam</v>
       </c>
       <c r="E8">
         <v>23</v>
       </c>
       <c r="F8">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G8">
-        <v>73</v>
+        <v>162</v>
       </c>
       <c r="I8" t="str">
         <v>apitman</v>
       </c>
       <c r="J8">
         <v>38</v>
       </c>
       <c r="K8">
         <v>73</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -6371,66 +6371,66 @@
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>6</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FA3</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>4</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D9" t="str">
         <v>Nicole Zacharias</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G9">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="I9" t="str">
         <v>nzacharias</v>
       </c>
       <c r="J9">
         <v>56</v>
       </c>
       <c r="K9">
         <v>85</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
@@ -6457,66 +6457,66 @@
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>5</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
         <v>5</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MJ12</v>
       </c>
       <c r="B10" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Finn</v>
       </c>
       <c r="E10">
         <v>38</v>
       </c>
       <c r="F10">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="G10">
-        <v>89</v>
+        <v>192</v>
       </c>
       <c r="I10" t="str">
         <v>finngee123</v>
       </c>
       <c r="J10">
         <v>69</v>
       </c>
       <c r="K10">
         <v>89</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>5</v>
       </c>
@@ -6613,279 +6613,279 @@
       </c>
       <c r="H1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="I1" t="str">
         <v>username</v>
       </c>
       <c r="J1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="M1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jordon Wiebe</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
       <c r="G2">
         <v>67</v>
       </c>
       <c r="I2" t="str">
         <v>jordonwiebe</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
       <c r="M2">
         <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" t="str">
         <v>Jude Buhler</v>
       </c>
       <c r="E3">
         <v>-4</v>
       </c>
       <c r="F3">
         <v>3</v>
       </c>
       <c r="G3">
         <v>68</v>
       </c>
       <c r="H3">
         <v>277894</v>
       </c>
       <c r="I3" t="str">
         <v>judebuhler</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
       <c r="M3">
         <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T5</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D4" t="str">
         <v>Chris</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>5</v>
       </c>
       <c r="G4">
         <v>70</v>
       </c>
       <c r="I4" t="str">
         <v>chrisneudorf</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>5</v>
       </c>
       <c r="L4">
         <v>0</v>
       </c>
       <c r="M4">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T7</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" t="str">
         <v>Brendan Donovan</v>
       </c>
       <c r="F5">
         <v>7</v>
       </c>
       <c r="G5">
         <v>68</v>
       </c>
       <c r="I5" t="str">
         <v>dendleb</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>7</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
       <c r="M5">
         <v>68</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T9</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D6" t="str">
         <v>Dave Schofield</v>
       </c>
       <c r="F6">
         <v>11</v>
       </c>
       <c r="G6">
         <v>72</v>
       </c>
       <c r="I6" t="str">
         <v>krifid</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>11</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
       <c r="M6">
         <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T11</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D7" t="str">
         <v>Ryan Donovan</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>12</v>
       </c>
       <c r="G7">
         <v>71</v>
       </c>
       <c r="I7" t="str">
         <v>indianasolo93</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>12</v>
       </c>
       <c r="L7">
         <v>0</v>
       </c>
       <c r="M7">
         <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T13</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D8" t="str">
         <v>Ithrowthings</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>18</v>
       </c>
       <c r="G8">
         <v>74</v>
       </c>
       <c r="I8" t="str">
         <v>ithrowthings</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>18</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
@@ -7926,51 +7926,51 @@
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>1</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="str">
         <v>Erik Mak</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>2</v>
       </c>
       <c r="G26">
         <v>126</v>
       </c>
       <c r="H26">
         <v>315988</v>
       </c>
       <c r="I26" t="str">
-        <v>erikmak1</v>
+        <v>iierik</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
         <v>7</v>
       </c>
       <c r="L26">
         <v>0</v>
       </c>
       <c r="M26">
         <v>68</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>2</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27" t="str">
@@ -8642,370 +8642,370 @@
       </c>
       <c r="H1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="I1" t="str">
         <v>username</v>
       </c>
       <c r="J1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="M1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA4</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Steven Mak</v>
+        <v>SquirrelBoy</v>
       </c>
       <c r="E2">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F2">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="G2">
-        <v>57</v>
+        <v>112</v>
       </c>
       <c r="I2" t="str">
-        <v>samak001</v>
+        <v>squirrelboy81</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
       <c r="M2">
-        <v>57</v>
+        <v>99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA4</v>
       </c>
       <c r="B3" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>SquirrelBoy</v>
+        <v>Steven Mak</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="G3">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="I3" t="str">
-        <v>squirrelboy81</v>
+        <v>samak001</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
       <c r="M3">
-        <v>99</v>
+        <v>57</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FA2</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Harmony Cole</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G4">
-        <v>66</v>
+        <v>136</v>
       </c>
       <c r="I4" t="str">
         <v>harmony1</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>18</v>
       </c>
       <c r="L4">
         <v>0</v>
       </c>
       <c r="M4">
         <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FA2</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Heather Hamm</v>
       </c>
       <c r="E5">
         <v>19</v>
       </c>
       <c r="F5">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G5">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="I5" t="str">
         <v>hhrudyandchip</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>58</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
       <c r="M5">
         <v>97</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FA3</v>
       </c>
       <c r="B6" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Joelle Chalmers</v>
+        <v>Caileigh Beckman</v>
       </c>
       <c r="E6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G6">
-        <v>69</v>
+        <v>140</v>
       </c>
       <c r="I6" t="str">
-        <v>chalmersj</v>
+        <v>caileighb</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
       <c r="M6">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FA3</v>
       </c>
       <c r="B7" t="str">
-        <v>T3</v>
+        <v>2</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D7" t="str">
-        <v>Caileigh Beckman</v>
+        <v>Joelle Chalmers</v>
       </c>
       <c r="E7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G7">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="I7" t="str">
-        <v>caileighb</v>
+        <v>chalmersj</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L7">
         <v>0</v>
       </c>
       <c r="M7">
-        <v>78</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>FA3</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>3</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D8" t="str">
         <v>Pitmaam</v>
       </c>
       <c r="E8">
         <v>23</v>
       </c>
       <c r="F8">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G8">
-        <v>73</v>
+        <v>162</v>
       </c>
       <c r="I8" t="str">
         <v>apitman</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>38</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
       <c r="M8">
         <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FA3</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>4</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D9" t="str">
         <v>Nicole Zacharias</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G9">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="I9" t="str">
         <v>nzacharias</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>56</v>
       </c>
       <c r="L9">
         <v>0</v>
       </c>
       <c r="M9">
         <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MJ12</v>
       </c>
       <c r="B10" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Finn</v>
       </c>
       <c r="E10">
         <v>38</v>
       </c>
       <c r="F10">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="G10">
-        <v>89</v>
+        <v>192</v>
       </c>
       <c r="I10" t="str">
         <v>finngee123</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>69</v>
       </c>
       <c r="L10">
         <v>0</v>
       </c>
       <c r="M10">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:M10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -11838,54 +11838,54 @@
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T7</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" t="str">
         <v>Brendan Donovan</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>61</v>
       </c>
       <c r="I5" t="str">
         <v>dendleb</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>61</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
@@ -11921,54 +11921,54 @@
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T7</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D6" t="str">
         <v>Dave Schofield</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>61</v>
       </c>
       <c r="I6" t="str">
         <v>krifid</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>61</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
@@ -12004,54 +12004,54 @@
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>5</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T11</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D7" t="str">
         <v>Ryan Donovan</v>
       </c>
       <c r="F7">
         <v>2</v>
       </c>
       <c r="G7">
         <v>63</v>
       </c>
       <c r="I7" t="str">
         <v>indianasolo93</v>
       </c>
       <c r="J7">
         <v>2</v>
       </c>
       <c r="K7">
         <v>63</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
@@ -12087,54 +12087,54 @@
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T13</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D8" t="str">
         <v>Ithrowthings</v>
       </c>
       <c r="F8">
         <v>5</v>
       </c>
       <c r="G8">
         <v>66</v>
       </c>
       <c r="I8" t="str">
         <v>ithrowthings</v>
       </c>
       <c r="J8">
         <v>5</v>
       </c>
       <c r="K8">
         <v>66</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
@@ -12170,54 +12170,54 @@
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
+        <v>T15</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D9" t="str">
         <v>Mitch</v>
       </c>
       <c r="F9">
         <v>16</v>
       </c>
       <c r="G9">
         <v>77</v>
       </c>
       <c r="I9" t="str">
         <v>gardinermitch</v>
       </c>
       <c r="J9">
         <v>16</v>
       </c>
       <c r="K9">
         <v>77</v>
       </c>
       <c r="L9">
         <v>6</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
@@ -12574,51 +12574,51 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jordon Wiebe</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
       <c r="G2">
         <v>67</v>
       </c>
       <c r="I2" t="str">
         <v>jordonwiebe</v>
       </c>
       <c r="J2">
         <v>2</v>
       </c>
       <c r="K2">
         <v>67</v>
       </c>
@@ -12660,54 +12660,54 @@
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>5</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D3" t="str">
         <v>Jude Buhler</v>
       </c>
       <c r="E3">
         <v>-4</v>
       </c>
       <c r="F3">
         <v>3</v>
       </c>
       <c r="G3">
         <v>68</v>
       </c>
       <c r="H3">
         <v>277894</v>
       </c>
       <c r="I3" t="str">
         <v>judebuhler</v>
       </c>
       <c r="J3">
         <v>3</v>
       </c>
       <c r="K3">
         <v>68</v>
       </c>
@@ -12749,54 +12749,54 @@
       </c>
       <c r="X3">
         <v>5</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA1</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T5</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D4" t="str">
         <v>Chris</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>5</v>
       </c>
       <c r="G4">
         <v>70</v>
       </c>
       <c r="I4" t="str">
         <v>chrisneudorf</v>
       </c>
       <c r="J4">
         <v>5</v>
       </c>
       <c r="K4">
         <v>70</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
@@ -12835,54 +12835,54 @@
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>6</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T7</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" t="str">
         <v>Brendan Donovan</v>
       </c>
       <c r="F5">
         <v>7</v>
       </c>
       <c r="G5">
         <v>68</v>
       </c>
       <c r="I5" t="str">
         <v>dendleb</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
       <c r="K5">
         <v>68</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>5</v>
       </c>
@@ -12918,54 +12918,54 @@
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>5</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T9</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D6" t="str">
         <v>Dave Schofield</v>
       </c>
       <c r="F6">
         <v>11</v>
       </c>
       <c r="G6">
         <v>72</v>
       </c>
       <c r="I6" t="str">
         <v>krifid</v>
       </c>
       <c r="J6">
         <v>11</v>
       </c>
       <c r="K6">
         <v>72</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
@@ -13001,54 +13001,54 @@
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T11</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D7" t="str">
         <v>Ryan Donovan</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>12</v>
       </c>
       <c r="G7">
         <v>71</v>
       </c>
       <c r="I7" t="str">
         <v>indianasolo93</v>
       </c>
       <c r="J7">
         <v>12</v>
       </c>
       <c r="K7">
         <v>71</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
@@ -13087,54 +13087,54 @@
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T13</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D8" t="str">
         <v>Ithrowthings</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>18</v>
       </c>
       <c r="G8">
         <v>74</v>
       </c>
       <c r="I8" t="str">
         <v>ithrowthings</v>
       </c>
       <c r="J8">
         <v>18</v>
       </c>
       <c r="K8">
         <v>74</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
@@ -15976,51 +15976,51 @@
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MA3</v>
       </c>
       <c r="B50" t="str">
         <v>T1</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50" t="str">
         <v>Erik Mak</v>
       </c>
       <c r="F50">
         <v>1</v>
       </c>
       <c r="G50">
         <v>63</v>
       </c>
       <c r="H50">
         <v>315988</v>
       </c>
       <c r="I50" t="str">
-        <v>erikmak1</v>
+        <v>iierik</v>
       </c>
       <c r="J50">
         <v>1</v>
       </c>
       <c r="K50">
         <v>63</v>
       </c>
       <c r="L50">
         <v>4</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
@@ -17503,51 +17503,51 @@
       </c>
       <c r="J70">
         <v>0</v>
       </c>
       <c r="K70">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>MA3</v>
       </c>
       <c r="D71" t="str">
         <v>Erik Mak</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>315988</v>
       </c>
       <c r="I71" t="str">
-        <v>erikmak1</v>
+        <v>iierik</v>
       </c>
       <c r="J71">
         <v>0</v>
       </c>
       <c r="K71">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>MA3</v>
       </c>
       <c r="D72" t="str">
         <v>Jason Jacobson</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="I72" t="str">
         <v>jnj352</v>
       </c>
       <c r="J72">