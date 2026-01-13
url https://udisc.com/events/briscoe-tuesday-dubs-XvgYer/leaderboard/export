--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -874,333 +874,369 @@
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>James Mckellar &amp; Jack oliver</v>
+        <v>Tyler wade</v>
       </c>
       <c r="E6">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F6">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H6" t="str">
-        <v>jmckellar22,jpoliver05</v>
+        <v>twade14</v>
       </c>
       <c r="I6">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J6">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Tyler wade</v>
+        <v>James Mckellar &amp; Jack oliver</v>
       </c>
       <c r="E7">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="H7" t="str">
-        <v>twade14</v>
+        <v>jmckellar22,jpoliver05</v>
       </c>
       <c r="I7">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>39</v>
+        <v>53</v>
+      </c>
+      <c r="K7">
+        <v>2</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Chris Farnsworth &amp; Paul Trautman</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H8" t="str">
         <v>cfarnsworth,pdtrautman</v>
       </c>
       <c r="I8">
         <v>-4</v>
       </c>
       <c r="J8">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Trevor Mappe &amp; Josepg Selesky</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F9">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="H9" t="str">
         <v>trevormappe,jselesky</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J9">
-        <v>43</v>
+        <v>56</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>4</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>