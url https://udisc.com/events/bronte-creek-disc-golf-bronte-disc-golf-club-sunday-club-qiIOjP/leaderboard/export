--- v0 (2025-10-26)
+++ v1 (2025-12-18)
@@ -927,51 +927,51 @@
       </c>
       <c r="AD5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>ADV</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v xml:space="preserve">Alex MacKenzie &amp; Jamie Millar </v>
       </c>
       <c r="E6">
         <v>-13</v>
       </c>
       <c r="F6">
         <v>53</v>
       </c>
       <c r="H6" t="str">
-        <v>hermit420,millar</v>
+        <v>mackenzie295846,millar</v>
       </c>
       <c r="I6">
         <v>-13</v>
       </c>
       <c r="J6">
         <v>53</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>