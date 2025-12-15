--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -3466,51 +3466,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T32</v>
       </c>
       <c r="C36">
         <v>32</v>
       </c>
       <c r="D36" t="str">
         <v>Alex MacKenzie</v>
       </c>
       <c r="E36">
         <v>10</v>
       </c>
       <c r="F36">
         <v>67</v>
       </c>
       <c r="G36">
         <v>295846</v>
       </c>
       <c r="H36" t="str">
-        <v>hermit420</v>
+        <v>mackenzie295846</v>
       </c>
       <c r="I36">
         <v>10</v>
       </c>
       <c r="J36">
         <v>67</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>