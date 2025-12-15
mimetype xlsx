--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -2068,51 +2068,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T15</v>
       </c>
       <c r="C19">
         <v>15</v>
       </c>
       <c r="D19" t="str">
         <v>Alex MacKenzie</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
         <v>61</v>
       </c>
       <c r="G19">
         <v>295846</v>
       </c>
       <c r="H19" t="str">
-        <v>hermit420</v>
+        <v>mackenzie295846</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
       <c r="J19">
         <v>61</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
         <v>5</v>
       </c>