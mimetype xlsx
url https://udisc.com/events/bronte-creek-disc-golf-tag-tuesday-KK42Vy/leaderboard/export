--- v0 (2025-10-03)
+++ v1 (2025-12-15)
@@ -2418,51 +2418,51 @@
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T18</v>
       </c>
       <c r="C23">
         <v>18</v>
       </c>
       <c r="D23" t="str">
         <v>Alex MacKenzie</v>
       </c>
       <c r="E23">
         <v>-1</v>
       </c>
       <c r="F23">
         <v>53</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23">
         <v>295846</v>
       </c>
       <c r="I23" t="str">
-        <v>hermit420</v>
+        <v>mackenzie295846</v>
       </c>
       <c r="J23">
         <v>-1</v>
       </c>
       <c r="K23">
         <v>53</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>