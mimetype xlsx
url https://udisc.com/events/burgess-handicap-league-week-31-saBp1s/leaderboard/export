--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -1052,54 +1052,54 @@
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T9</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kevin Fanning</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>52</v>
       </c>
       <c r="G8">
         <v>53432</v>
       </c>
       <c r="H8" t="str">
         <v>kfan75</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
         <v>52</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
@@ -1138,54 +1138,54 @@
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T9</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Jason Lunn</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>52</v>
       </c>
       <c r="G9">
         <v>72775</v>
       </c>
       <c r="H9" t="str">
         <v>jlunn32</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>52</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
@@ -1224,54 +1224,54 @@
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
+        <v>T7</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Chris Perry</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
       <c r="G10">
         <v>188049</v>
       </c>
       <c r="H10" t="str">
         <v>perry950</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>52</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
@@ -1310,54 +1310,54 @@
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
+        <v>T7</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D11" t="str">
         <v>Silas larkin</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
       <c r="H11" t="str">
         <v>silaslarkin</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
@@ -1393,54 +1393,54 @@
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T13</v>
+        <v>T11</v>
       </c>
       <c r="C12">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Kenny Galvin</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
       <c r="G12">
         <v>59324</v>
       </c>
       <c r="H12" t="str">
         <v>kg59324</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
@@ -1479,54 +1479,54 @@
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T13</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Jayme Stacy</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>53</v>
       </c>
       <c r="G13">
         <v>254427</v>
       </c>
       <c r="H13" t="str">
         <v>jaymestacy</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
@@ -1565,54 +1565,54 @@
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T11</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D14" t="str">
         <v>Jimmy barry</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>53</v>
       </c>
       <c r="H14" t="str">
         <v>jimmylongputt</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>53</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
@@ -1648,54 +1648,54 @@
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>5</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T17</v>
+        <v>T14</v>
       </c>
       <c r="C15">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Katheryn Maloney</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
       <c r="G15">
         <v>142259</v>
       </c>
       <c r="H15" t="str">
         <v>kattack13</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
@@ -1734,54 +1734,54 @@
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T17</v>
+        <v>T14</v>
       </c>
       <c r="C16">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D16" t="str">
         <v xml:space="preserve">Teddy barnes </v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="H16" t="str">
         <v>teddybarnes</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
@@ -1817,54 +1817,54 @@
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T19</v>
+        <v>T16</v>
       </c>
       <c r="C17">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Colin OGara</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
       <c r="G17">
         <v>308691</v>
       </c>
       <c r="H17" t="str">
         <v>colinowen</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17">
         <v>56</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
@@ -1903,54 +1903,54 @@
       </c>
       <c r="W17">
         <v>5</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T19</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Tom Dwyer</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="H18" t="str">
         <v>tdwyer501</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
@@ -1986,54 +1986,54 @@
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T21</v>
+        <v>T18</v>
       </c>
       <c r="C19">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>David Boardman</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>57</v>
       </c>
       <c r="G19">
         <v>131782</v>
       </c>
       <c r="H19" t="str">
         <v>discman1969</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>57</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
@@ -2072,54 +2072,54 @@
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T21</v>
+        <v>T18</v>
       </c>
       <c r="C20">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D20" t="str">
         <v>Julian Coffin-Hadfie</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>57</v>
       </c>
       <c r="G20">
         <v>143417</v>
       </c>
       <c r="H20" t="str">
         <v>julianmch</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
@@ -2158,54 +2158,54 @@
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T21</v>
+        <v>T18</v>
       </c>
       <c r="C21">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D21" t="str">
         <v>Anthony Fertitta</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>57</v>
       </c>
       <c r="G21">
         <v>190430</v>
       </c>
       <c r="H21" t="str">
         <v>anthonyfertitta</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21">
         <v>57</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
@@ -2244,54 +2244,54 @@
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T21</v>
+        <v>T18</v>
       </c>
       <c r="C22">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D22" t="str">
         <v>Pete Vett</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22">
         <v>57</v>
       </c>
       <c r="H22" t="str">
         <v>petevett</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22">
         <v>57</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
@@ -2327,54 +2327,54 @@
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>4</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T25</v>
+        <v>T22</v>
       </c>
       <c r="C23">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>James Maloney</v>
       </c>
       <c r="E23">
         <v>4</v>
       </c>
       <c r="F23">
         <v>58</v>
       </c>
       <c r="G23">
         <v>94788</v>
       </c>
       <c r="H23" t="str">
         <v>jpisfree</v>
       </c>
       <c r="I23">
         <v>4</v>
       </c>
       <c r="J23">
         <v>58</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
@@ -2413,54 +2413,54 @@
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T25</v>
+        <v>T22</v>
       </c>
       <c r="C24">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D24" t="str">
         <v xml:space="preserve">Mike Gannon </v>
       </c>
       <c r="E24">
         <v>4</v>
       </c>
       <c r="F24">
         <v>58</v>
       </c>
       <c r="G24">
         <v>174738</v>
       </c>
       <c r="H24" t="str">
         <v>thatguynigel</v>
       </c>
       <c r="I24">
         <v>4</v>
       </c>
       <c r="J24">
         <v>58</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
@@ -2499,54 +2499,54 @@
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
         <v>4</v>
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>5</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>T25</v>
+        <v>T22</v>
       </c>
       <c r="C25">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D25" t="str">
         <v>Issiac Christiansen</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>58</v>
       </c>
       <c r="G25">
         <v>203954</v>
       </c>
       <c r="H25" t="str">
         <v>issiacc</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>58</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
@@ -2585,54 +2585,54 @@
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
         <v>2</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C26">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Dave Wolfrey</v>
       </c>
       <c r="E26">
         <v>5</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
       <c r="G26">
         <v>89142</v>
       </c>
       <c r="H26" t="str">
         <v>dwolfrey</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
@@ -2671,54 +2671,54 @@
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>2</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T30</v>
+        <v>T26</v>
       </c>
       <c r="C27">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>John Loucks</v>
       </c>
       <c r="E27">
         <v>6</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
       <c r="H27" t="str">
         <v>lucky55</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
         <v>60</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
@@ -2754,54 +2754,54 @@
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
         <v>4</v>
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T30</v>
+        <v>T26</v>
       </c>
       <c r="C28">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Mike Lapalme</v>
       </c>
       <c r="E28">
         <v>6</v>
       </c>
       <c r="F28">
         <v>60</v>
       </c>
       <c r="H28" t="str">
         <v>mikel678</v>
       </c>
       <c r="I28">
         <v>6</v>
       </c>
       <c r="J28">
         <v>60</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
@@ -2837,54 +2837,54 @@
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>4</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C29">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Jason Buja</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>61</v>
       </c>
       <c r="H29" t="str">
         <v>jtbuja</v>
       </c>
       <c r="I29">
         <v>7</v>
       </c>
       <c r="J29">
         <v>61</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
@@ -2920,54 +2920,54 @@
       </c>
       <c r="W29">
         <v>4</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>4</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T33</v>
+        <v>T29</v>
       </c>
       <c r="C30">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Domenick Pisano</v>
       </c>
       <c r="E30">
         <v>9</v>
       </c>
       <c r="F30">
         <v>63</v>
       </c>
       <c r="H30" t="str">
         <v>dompisano</v>
       </c>
       <c r="I30">
         <v>9</v>
       </c>
       <c r="J30">
         <v>63</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
@@ -3003,54 +3003,54 @@
       </c>
       <c r="W30">
         <v>5</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>5</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T33</v>
+        <v>T29</v>
       </c>
       <c r="C31">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D31" t="str">
         <v>Peter Aldrich</v>
       </c>
       <c r="E31">
         <v>9</v>
       </c>
       <c r="F31">
         <v>63</v>
       </c>
       <c r="H31" t="str">
         <v>scramblegamble</v>
       </c>
       <c r="I31">
         <v>9</v>
       </c>
       <c r="J31">
         <v>63</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
@@ -3086,54 +3086,54 @@
       </c>
       <c r="W31">
         <v>4</v>
       </c>
       <c r="X31">
         <v>4</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>4</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T37</v>
+        <v>31</v>
       </c>
       <c r="C32">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Steve Purcell</v>
       </c>
       <c r="E32">
         <v>21</v>
       </c>
       <c r="F32">
         <v>75</v>
       </c>
       <c r="G32">
         <v>164437</v>
       </c>
       <c r="H32" t="str">
         <v>stevepurcell</v>
       </c>
       <c r="I32">
         <v>21</v>
       </c>
       <c r="J32">
         <v>75</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>