--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -1324,50 +1324,53 @@
         <v>3</v>
       </c>
       <c r="Z11">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>5</v>
       </c>
       <c r="C12">
         <v>5</v>
       </c>
       <c r="D12" t="str">
         <v>Nolan Jones</v>
       </c>
       <c r="E12">
         <v>14</v>
       </c>
       <c r="F12">
         <v>66</v>
       </c>
+      <c r="G12">
+        <v>319632</v>
+      </c>
       <c r="H12" t="str">
         <v>jones66</v>
       </c>
       <c r="I12">
         <v>14</v>
       </c>
       <c r="J12">
         <v>66</v>
       </c>
       <c r="K12">
         <v>5</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">