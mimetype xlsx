--- v0 (2026-01-11)
+++ v1 (2026-02-01)
@@ -1876,54 +1876,51 @@
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
         <v>Steve Hoff</v>
       </c>
       <c r="E18">
         <v>13</v>
       </c>
       <c r="F18">
         <v>44</v>
       </c>
       <c r="H18" t="str">
         <v>discgolfx3</v>
       </c>
       <c r="I18">
         <v>13</v>
       </c>
       <c r="J18">
         <v>44</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>