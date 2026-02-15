--- v0 (2025-10-10)
+++ v1 (2026-02-15)
@@ -1633,63 +1633,123 @@
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
         <v>6</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Benjamin Mark Lass</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="H14" t="str">
         <v>benjaminlass77</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>69</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>5</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>5</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>4</v>
+      </c>
+      <c r="AB14">
+        <v>4</v>
+      </c>
+      <c r="AC14">
+        <v>4</v>
+      </c>
+      <c r="AD14">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>