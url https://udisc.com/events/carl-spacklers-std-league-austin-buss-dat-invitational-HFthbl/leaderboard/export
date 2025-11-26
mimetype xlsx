--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -736,51 +736,51 @@
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Layne Copell &amp; Don Breaux </v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>65</v>
       </c>
       <c r="H3" t="str">
-        <v>laynec,bussdat</v>
+        <v>cajunchef,bussdat</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>65</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -942,51 +942,51 @@
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Layne Copell &amp; Don Breaux </v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>65</v>
       </c>
       <c r="H3" t="str">
-        <v>laynec,bussdat</v>
+        <v>cajunchef,bussdat</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB3"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>