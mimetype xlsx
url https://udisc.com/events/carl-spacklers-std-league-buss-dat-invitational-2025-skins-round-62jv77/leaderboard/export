--- v0 (2025-10-20)
+++ v1 (2025-11-26)
@@ -733,51 +733,51 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Layne Copell</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
-        <v>laynec</v>
+        <v>cajunchef</v>
       </c>
       <c r="J4">
         <v>-1</v>
       </c>
       <c r="K4">
         <v>54</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>