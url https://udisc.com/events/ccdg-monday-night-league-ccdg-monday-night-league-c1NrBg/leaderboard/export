--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -3361,50 +3361,53 @@
         <v>3</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
         <v>Micah Boutin</v>
       </c>
       <c r="E35">
         <v>10</v>
       </c>
       <c r="F35">
         <v>67</v>
       </c>
+      <c r="G35">
+        <v>318655</v>
+      </c>
       <c r="H35" t="str">
         <v>thezombiegod</v>
       </c>
       <c r="I35">
         <v>10</v>
       </c>
       <c r="J35">
         <v>67</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
         <v>4</v>
       </c>
       <c r="P35">