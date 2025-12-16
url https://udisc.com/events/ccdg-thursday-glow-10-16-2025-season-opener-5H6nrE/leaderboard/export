--- v0 (2025-11-06)
+++ v1 (2025-12-16)
@@ -1490,50 +1490,53 @@
         <v>2</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Micah Boutin</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>57</v>
       </c>
+      <c r="G13">
+        <v>318655</v>
+      </c>
       <c r="H13" t="str">
         <v>thezombiegod</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>57</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">