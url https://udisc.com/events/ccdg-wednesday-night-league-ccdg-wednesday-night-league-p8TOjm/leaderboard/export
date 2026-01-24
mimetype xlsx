--- v0 (2025-10-06)
+++ v1 (2026-01-24)
@@ -2680,51 +2680,51 @@
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v xml:space="preserve">Anthony O’Bannon </v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>62</v>
       </c>
       <c r="G27">
         <v>169149</v>
       </c>
       <c r="H27" t="str">
-        <v>nwhaze</v>
+        <v>rainorshineant</v>
       </c>
       <c r="I27">
         <v>8</v>
       </c>
       <c r="J27">
         <v>62</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>5</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>