--- v0 (2026-02-05)
+++ v1 (2026-02-25)
@@ -2433,50 +2433,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>OPN</v>
       </c>
       <c r="B24" t="str">
         <v>T14</v>
       </c>
       <c r="C24">
         <v>14</v>
       </c>
       <c r="D24" t="str">
         <v>Daniel Johnson</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
       <c r="F24">
         <v>61</v>
       </c>
+      <c r="G24">
+        <v>322178</v>
+      </c>
       <c r="H24" t="str">
         <v>thingdan</v>
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="J24">
         <v>61</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">