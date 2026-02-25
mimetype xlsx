--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -2175,50 +2175,53 @@
         <v>3</v>
       </c>
       <c r="AB20">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>OPN</v>
       </c>
       <c r="B21" t="str">
         <v>T17</v>
       </c>
       <c r="C21">
         <v>17</v>
       </c>
       <c r="D21" t="str">
         <v>Daniel Johnson</v>
       </c>
       <c r="E21">
         <v>9</v>
       </c>
       <c r="F21">
         <v>66</v>
       </c>
+      <c r="G21">
+        <v>322178</v>
+      </c>
       <c r="H21" t="str">
         <v>thingdan</v>
       </c>
       <c r="I21">
         <v>9</v>
       </c>
       <c r="J21">
         <v>66</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">