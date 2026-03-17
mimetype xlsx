--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -636,50 +636,53 @@
         <v>4</v>
       </c>
       <c r="AB2">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>LDS</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Kelsey Johnson</v>
       </c>
       <c r="E3">
         <v>17</v>
       </c>
       <c r="F3">
         <v>74</v>
       </c>
+      <c r="G3">
+        <v>316164</v>
+      </c>
       <c r="H3" t="str">
         <v>kelseyn239</v>
       </c>
       <c r="I3">
         <v>17</v>
       </c>
       <c r="J3">
         <v>74</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">