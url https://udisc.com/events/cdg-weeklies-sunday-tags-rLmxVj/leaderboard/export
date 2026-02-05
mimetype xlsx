--- v0 (2025-11-18)
+++ v1 (2026-02-05)
@@ -1318,50 +1318,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>OPN</v>
       </c>
       <c r="B11" t="str">
         <v>T8</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11" t="str">
         <v>Bryson Lowe</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
+      <c r="G11">
+        <v>300260</v>
+      </c>
       <c r="H11" t="str">
         <v>tidepride5</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
@@ -1993,50 +1996,53 @@
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>OPN</v>
       </c>
       <c r="B19" t="str">
         <v>T14</v>
       </c>
       <c r="C19">
         <v>14</v>
       </c>
       <c r="D19" t="str">
         <v>Simon Bishop</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>60</v>
+      </c>
+      <c r="G19">
+        <v>319302</v>
       </c>
       <c r="H19" t="str">
         <v>cohuttariverrat</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>60</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>