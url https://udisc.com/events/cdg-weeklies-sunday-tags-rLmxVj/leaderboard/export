--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1404,50 +1404,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>OPN</v>
       </c>
       <c r="B12" t="str">
         <v>T8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
         <v>Daniel Johnson</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>56</v>
       </c>
+      <c r="G12">
+        <v>322178</v>
+      </c>
       <c r="H12" t="str">
         <v>thingdan</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>56</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">