--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -2003,50 +2003,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>OPN</v>
       </c>
       <c r="B19" t="str">
         <v>T14</v>
       </c>
       <c r="C19">
         <v>14</v>
       </c>
       <c r="D19" t="str">
         <v>Daniel Johnson</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>54</v>
       </c>
+      <c r="G19">
+        <v>322178</v>
+      </c>
       <c r="H19" t="str">
         <v>thingdan</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>54</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">