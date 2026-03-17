--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -722,50 +722,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>LDS</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Kelsey Johnson</v>
       </c>
       <c r="E4">
         <v>9</v>
       </c>
       <c r="F4">
         <v>63</v>
       </c>
+      <c r="G4">
+        <v>316164</v>
+      </c>
       <c r="H4" t="str">
         <v>kelseyn239</v>
       </c>
       <c r="I4">
         <v>9</v>
       </c>
       <c r="J4">
         <v>63</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">