--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -966,51 +966,51 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Mike Ayer &amp; Zachary Ralhan</v>
       </c>
       <c r="E7">
         <v>-12</v>
       </c>
       <c r="F7">
         <v>44</v>
       </c>
       <c r="H7" t="str">
-        <v>damnsmoooooth,zachdiscgolf38</v>
+        <v>damnsmoooooth,zachrdg</v>
       </c>
       <c r="I7">
         <v>-12</v>
       </c>
       <c r="J7">
         <v>44</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>