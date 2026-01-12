--- v0 (2025-10-25)
+++ v1 (2026-01-12)
@@ -646,50 +646,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Gen</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="E3">
         <v>-2</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
+      <c r="H3">
+        <v>67506</v>
+      </c>
       <c r="I3" t="str">
         <v>edt2024</v>
       </c>
       <c r="J3">
         <v>-2</v>
       </c>
       <c r="K3">
         <v>56</v>
       </c>
       <c r="L3">
         <v>5</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
@@ -1081,50 +1084,53 @@
       <c r="AB7">
         <v>5</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Gen</v>
       </c>
       <c r="B8" t="str">
         <v>DUP</v>
       </c>
       <c r="D8" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>56</v>
       </c>
       <c r="G8">
         <v>1</v>
+      </c>
+      <c r="H8">
+        <v>67506</v>
       </c>
       <c r="I8" t="str">
         <v>edt2024</v>
       </c>
       <c r="J8">
         <v>-2</v>
       </c>
       <c r="K8">
         <v>56</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>