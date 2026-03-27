--- v0 (2026-02-16)
+++ v1 (2026-03-27)
@@ -637,51 +637,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GLOW</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Tony Reyes III</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="G3">
         <v>270074</v>
       </c>
       <c r="H3" t="str">
-        <v>tonytrez</v>
+        <v>tonytonytrez</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
         <v>48</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -1057,50 +1057,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GLOW</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Cesar Martinez</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>59</v>
       </c>
+      <c r="G8">
+        <v>324364</v>
+      </c>
       <c r="H8" t="str">
         <v>cesarmtz</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8">
         <v>59</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
@@ -1139,50 +1142,53 @@
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GLOW</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Roney Hernandez</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>59</v>
+      </c>
+      <c r="G9">
+        <v>324370</v>
       </c>
       <c r="H9" t="str">
         <v>roney10</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>59</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>