--- v0 (2026-02-26)
+++ v1 (2026-03-24)
@@ -536,222 +536,210 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>CtPAce</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Kyle Grundmann &amp; Alexander Erwin</v>
+        <v xml:space="preserve">Jordan Cadena &amp; Mark Henneke </v>
       </c>
       <c r="E2">
-        <v>-6</v>
+        <v>-3</v>
       </c>
       <c r="F2">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H2" t="str">
-        <v>kylegrundmann,xanerwin</v>
+        <v>jcadena,mark2025</v>
       </c>
       <c r="I2">
-        <v>-6</v>
+        <v>-3</v>
       </c>
       <c r="J2">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>CtPAce</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Nathan Tucker &amp; Don Weckler</v>
+        <v>Kyle Grundmann &amp; Alexander Erwin</v>
       </c>
       <c r="E3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H3" t="str">
-        <v>nathant13,donweck</v>
+        <v>kylegrundmann,xanerwin</v>
       </c>
       <c r="I3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>CtPAce</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v xml:space="preserve">Jordan Cadena &amp; Mark Henneke </v>
+        <v>Nathan Tucker &amp; Don Weckler</v>
       </c>
       <c r="E4">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F4">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="H4" t="str">
-        <v>jcadena,mark2025</v>
+        <v>nathant13,donweck</v>
       </c>
       <c r="I4">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J4">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>CtPAce</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
         <v>Paul Grundmann &amp; Jake Stoffle</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>30</v>
       </c>
       <c r="H5" t="str">
         <v>paulhg,jstoff</v>
       </c>
       <c r="I5">
         <v>-2</v>
       </c>
       <c r="J5">
         <v>30</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>