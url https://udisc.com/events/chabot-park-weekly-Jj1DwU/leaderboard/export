--- v0 (2025-10-12)
+++ v1 (2025-11-09)
@@ -2671,1765 +2671,1822 @@
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
         <v>4</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T26</v>
+        <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Montgomery Perez</v>
+        <v>John Whitby</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G27">
-        <v>88010</v>
+        <v>184682</v>
       </c>
       <c r="H27" t="str">
-        <v>montgomery88010</v>
+        <v>whitbyjg</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="K27">
+        <v>4</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O27">
+        <v>2</v>
+      </c>
+      <c r="P27">
+        <v>2</v>
+      </c>
+      <c r="Q27">
+        <v>2</v>
+      </c>
+      <c r="R27">
+        <v>4</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+      <c r="T27">
         <v>5</v>
       </c>
-      <c r="P27">
-[...13 lines deleted...]
-      </c>
       <c r="U27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C28">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>John Whitby</v>
+        <v>Rex Crossen</v>
       </c>
       <c r="E28">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F28">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G28">
-        <v>184682</v>
+        <v>51728</v>
       </c>
       <c r="H28" t="str">
-        <v>whitbyjg</v>
+        <v>rexcrossen</v>
       </c>
       <c r="I28">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J28">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>T28</v>
+        <v>T27</v>
       </c>
       <c r="C29">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D29" t="str">
-        <v>Rex Crossen</v>
+        <v>David cox</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>55</v>
       </c>
       <c r="G29">
-        <v>51728</v>
+        <v>119781</v>
       </c>
       <c r="H29" t="str">
-        <v>rexcrossen</v>
+        <v>coxdave</v>
       </c>
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29">
         <v>55</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>2</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>2</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB29">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T28</v>
+        <v>T27</v>
       </c>
       <c r="C30">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>David cox</v>
+        <v>Ari Freedman</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30">
-        <v>119781</v>
+        <v>144469</v>
       </c>
       <c r="H30" t="str">
-        <v>coxdave</v>
+        <v>gramaspicyhole</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30">
         <v>55</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>4</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>2</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T28</v>
+        <v>T27</v>
       </c>
       <c r="C31">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D31" t="str">
-        <v>Ari Freedman</v>
+        <v>Juan Gonzalez</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31">
-        <v>144469</v>
+        <v>234929</v>
       </c>
       <c r="H31" t="str">
-        <v>gramaspicyhole</v>
+        <v>juang23</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
         <v>55</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA31">
         <v>2</v>
       </c>
       <c r="AB31">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T28</v>
+        <v>31</v>
       </c>
       <c r="C32">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v>Juan Gonzalez</v>
+        <v>Andrew Stern</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F32">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>234929</v>
+        <v>57</v>
       </c>
       <c r="H32" t="str">
-        <v>juang23</v>
+        <v>feisty1uar</v>
       </c>
       <c r="I32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J32">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S32">
         <v>4</v>
       </c>
       <c r="T32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>32</v>
+        <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>Charles Lindsay</v>
+        <v>Alex Bruner</v>
       </c>
       <c r="E33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F33">
-        <v>26</v>
+        <v>58</v>
+      </c>
+      <c r="G33">
+        <v>78371</v>
       </c>
       <c r="H33" t="str">
-        <v>charlescheese</v>
+        <v>alexbruner</v>
       </c>
       <c r="I33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J33">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R33">
+        <v>3</v>
+      </c>
+      <c r="S33">
+        <v>3</v>
+      </c>
+      <c r="T33">
+        <v>4</v>
+      </c>
+      <c r="U33">
+        <v>3</v>
+      </c>
+      <c r="V33">
+        <v>2</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>3</v>
+      </c>
+      <c r="Y33">
+        <v>4</v>
+      </c>
+      <c r="Z33">
+        <v>3</v>
+      </c>
+      <c r="AA33">
+        <v>3</v>
+      </c>
+      <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
-        <v>33</v>
+        <v>T32</v>
       </c>
       <c r="C34">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D34" t="str">
-        <v>Andrew Stern</v>
+        <v>Thomas Bowman</v>
       </c>
       <c r="E34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F34">
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="G34">
+        <v>259597</v>
       </c>
       <c r="H34" t="str">
-        <v>feisty1uar</v>
+        <v>thomasbowman</v>
       </c>
       <c r="I34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J34">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q34">
         <v>3</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
         <v>4</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>Martin Otero</v>
+        <v>Erica Norton</v>
       </c>
       <c r="E35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F35">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="G35">
-        <v>276061</v>
+        <v>38884</v>
       </c>
       <c r="H35" t="str">
-        <v>motero</v>
+        <v>ericaln</v>
       </c>
       <c r="I35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J35">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="K35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
+      </c>
+      <c r="S35">
+        <v>3</v>
+      </c>
+      <c r="T35">
+        <v>4</v>
+      </c>
+      <c r="U35">
+        <v>3</v>
+      </c>
+      <c r="V35">
+        <v>3</v>
+      </c>
+      <c r="W35">
+        <v>3</v>
+      </c>
+      <c r="X35">
+        <v>4</v>
+      </c>
+      <c r="Y35">
+        <v>3</v>
+      </c>
+      <c r="Z35">
+        <v>2</v>
+      </c>
+      <c r="AA35">
+        <v>3</v>
+      </c>
+      <c r="AB35">
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
-        <v>Alex Bruner</v>
+        <v>Alejandro Espinoza</v>
       </c>
       <c r="E36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F36">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>78371</v>
+        <v>59</v>
       </c>
       <c r="H36" t="str">
-        <v>alexbruner</v>
+        <v>aledro</v>
       </c>
       <c r="I36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J36">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W36">
         <v>3</v>
       </c>
       <c r="X36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T34</v>
       </c>
       <c r="C37">
         <v>34</v>
       </c>
       <c r="D37" t="str">
-        <v>Thomas Bowman</v>
+        <v>Charles Lindsay</v>
       </c>
       <c r="E37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F37">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>259597</v>
+        <v>59</v>
       </c>
       <c r="H37" t="str">
-        <v>thomasbowman</v>
+        <v>charlescheese</v>
       </c>
       <c r="I37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J37">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P37">
         <v>2</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U37">
         <v>4</v>
       </c>
       <c r="V37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
-        <v>T37</v>
+        <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v>Erica Norton</v>
+        <v>Faye Packer</v>
       </c>
       <c r="E38">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F38">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G38">
-        <v>38884</v>
+        <v>197658</v>
       </c>
       <c r="H38" t="str">
-        <v>ericaln</v>
+        <v>absenceoffaith</v>
       </c>
       <c r="I38">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J38">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K38">
         <v>4</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N38">
         <v>4</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T38">
         <v>4</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
         <v>4</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
-        <v>T37</v>
+        <v>T38</v>
       </c>
       <c r="C39">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D39" t="str">
-        <v>Alejandro Espinoza</v>
+        <v>Robert Sindelar</v>
       </c>
       <c r="E39">
+        <v>7</v>
+      </c>
+      <c r="F39">
+        <v>61</v>
+      </c>
+      <c r="G39">
+        <v>28527</v>
+      </c>
+      <c r="H39" t="str">
+        <v>roblem11</v>
+      </c>
+      <c r="I39">
+        <v>7</v>
+      </c>
+      <c r="J39">
+        <v>61</v>
+      </c>
+      <c r="K39">
+        <v>4</v>
+      </c>
+      <c r="L39">
+        <v>3</v>
+      </c>
+      <c r="M39">
+        <v>3</v>
+      </c>
+      <c r="N39">
+        <v>6</v>
+      </c>
+      <c r="O39">
+        <v>3</v>
+      </c>
+      <c r="P39">
+        <v>3</v>
+      </c>
+      <c r="Q39">
         <v>5</v>
       </c>
-      <c r="F39">
-[...31 lines deleted...]
-      </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>4</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
         <v>2</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
-        <v>39</v>
+        <v>T38</v>
       </c>
       <c r="C40">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D40" t="str">
-        <v>Faye Packer</v>
+        <v>Leano El</v>
       </c>
       <c r="E40">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F40">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G40">
-        <v>197658</v>
+        <v>126049</v>
       </c>
       <c r="H40" t="str">
-        <v>absenceoffaith</v>
+        <v>leanoel</v>
       </c>
       <c r="I40">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J40">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K40">
         <v>4</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
         <v>4</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X40">
         <v>4</v>
       </c>
       <c r="Y40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z40">
         <v>4</v>
       </c>
       <c r="AA40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
-        <v>T40</v>
+        <v>T38</v>
       </c>
       <c r="C41">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D41" t="str">
-        <v>Robert Sindelar</v>
+        <v xml:space="preserve">Joey Nichols </v>
       </c>
       <c r="E41">
         <v>7</v>
       </c>
       <c r="F41">
         <v>61</v>
       </c>
-      <c r="G41">
-[...1 lines deleted...]
-      </c>
       <c r="H41" t="str">
-        <v>roblem11</v>
+        <v>joeynichols</v>
       </c>
       <c r="I41">
         <v>7</v>
       </c>
       <c r="J41">
         <v>61</v>
       </c>
       <c r="K41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R41">
         <v>3</v>
       </c>
       <c r="S41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X41">
         <v>4</v>
       </c>
       <c r="Y41">
         <v>3</v>
       </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
-        <v>T40</v>
+        <v>T41</v>
       </c>
       <c r="C42">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D42" t="str">
-        <v>Leano El</v>
+        <v>Sam Goldenberg</v>
       </c>
       <c r="E42">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F42">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G42">
-        <v>126049</v>
+        <v>134600</v>
       </c>
       <c r="H42" t="str">
-        <v>leanoel</v>
+        <v>samgoldenberg</v>
       </c>
       <c r="I42">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J42">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>4</v>
       </c>
       <c r="N42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T42">
+        <v>3</v>
+      </c>
+      <c r="U42">
+        <v>4</v>
+      </c>
+      <c r="V42">
+        <v>3</v>
+      </c>
+      <c r="W42">
         <v>5</v>
       </c>
-      <c r="U42">
-[...7 lines deleted...]
-      </c>
       <c r="X42">
         <v>4</v>
       </c>
       <c r="Y42">
         <v>4</v>
       </c>
       <c r="Z42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA42">
         <v>4</v>
       </c>
       <c r="AB42">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
-        <v>T40</v>
+        <v>T41</v>
       </c>
       <c r="C43">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D43" t="str">
-        <v xml:space="preserve">Joey Nichols </v>
+        <v>Martin Otero</v>
       </c>
       <c r="E43">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F43">
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="G43">
+        <v>276061</v>
       </c>
       <c r="H43" t="str">
-        <v>joeynichols</v>
+        <v>motero</v>
       </c>
       <c r="I43">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J43">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>4</v>
       </c>
       <c r="M43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O43">
+        <v>4</v>
+      </c>
+      <c r="P43">
+        <v>3</v>
+      </c>
+      <c r="Q43">
+        <v>4</v>
+      </c>
+      <c r="R43">
+        <v>3</v>
+      </c>
+      <c r="S43">
+        <v>3</v>
+      </c>
+      <c r="T43">
+        <v>3</v>
+      </c>
+      <c r="U43">
+        <v>3</v>
+      </c>
+      <c r="V43">
+        <v>3</v>
+      </c>
+      <c r="W43">
         <v>5</v>
       </c>
-      <c r="P43">
-[...22 lines deleted...]
-      </c>
       <c r="X43">
         <v>4</v>
       </c>
       <c r="Y43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z43">
         <v>2</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>43</v>
       </c>
       <c r="C44">
         <v>43</v>
       </c>
       <c r="D44" t="str">
-        <v>Sam Goldenberg</v>
+        <v>Mason Nichols</v>
       </c>
       <c r="E44">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F44">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>134600</v>
+        <v>71</v>
       </c>
       <c r="H44" t="str">
-        <v>samgoldenberg</v>
+        <v>mason510</v>
       </c>
       <c r="I44">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="J44">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="K44">
+        <v>4</v>
+      </c>
+      <c r="L44">
+        <v>3</v>
+      </c>
+      <c r="M44">
         <v>5</v>
       </c>
-      <c r="L44">
-[...4 lines deleted...]
-      </c>
       <c r="N44">
         <v>4</v>
       </c>
       <c r="O44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W44">
+        <v>6</v>
+      </c>
+      <c r="X44">
         <v>5</v>
       </c>
-      <c r="X44">
-[...1 lines deleted...]
-      </c>
       <c r="Y44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB44">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
-        <v>Mason Nichols</v>
+        <v>Georgia Neale</v>
       </c>
       <c r="E45">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F45">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="H45" t="str">
-        <v>mason510</v>
+        <v>georgiabee</v>
       </c>
       <c r="I45">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="J45">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="K45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M45">
+        <v>7</v>
+      </c>
+      <c r="N45">
+        <v>4</v>
+      </c>
+      <c r="O45">
+        <v>4</v>
+      </c>
+      <c r="P45">
+        <v>4</v>
+      </c>
+      <c r="Q45">
+        <v>3</v>
+      </c>
+      <c r="R45">
+        <v>4</v>
+      </c>
+      <c r="S45">
+        <v>4</v>
+      </c>
+      <c r="T45">
         <v>5</v>
       </c>
-      <c r="N45">
-[...19 lines deleted...]
-      </c>
       <c r="U45">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="V45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W45">
         <v>6</v>
       </c>
       <c r="X45">
+        <v>4</v>
+      </c>
+      <c r="Y45">
+        <v>4</v>
+      </c>
+      <c r="Z45">
         <v>5</v>
       </c>
-      <c r="Y45">
-[...4 lines deleted...]
-      </c>
       <c r="AA45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
-        <v>Georgia Neale</v>
+        <v>katie dwyer</v>
       </c>
       <c r="E46">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F46">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H46" t="str">
-        <v>georgiabee</v>
+        <v>springhawk415</v>
       </c>
       <c r="I46">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J46">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K46">
+        <v>6</v>
+      </c>
+      <c r="L46">
+        <v>6</v>
+      </c>
+      <c r="M46">
+        <v>4</v>
+      </c>
+      <c r="N46">
         <v>5</v>
       </c>
-      <c r="L46">
+      <c r="O46">
         <v>5</v>
       </c>
-      <c r="M46">
+      <c r="P46">
         <v>7</v>
       </c>
-      <c r="N46">
-[...7 lines deleted...]
-      </c>
       <c r="Q46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R46">
         <v>4</v>
       </c>
       <c r="S46">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T46">
         <v>5</v>
       </c>
       <c r="U46">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="V46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W46">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="X46">
         <v>4</v>
       </c>
       <c r="Y46">
         <v>4</v>
       </c>
       <c r="Z46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>5</v>
       </c>
       <c r="AB46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>DNF</v>
       </c>
       <c r="D47" t="str">
-        <v>katie dwyer</v>
+        <v>Montgomery Perez</v>
       </c>
       <c r="E47">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="F47">
-        <v>86</v>
+        <v>51</v>
+      </c>
+      <c r="G47">
+        <v>88010</v>
       </c>
       <c r="H47" t="str">
-        <v>springhawk415</v>
+        <v>montgomery88010</v>
       </c>
       <c r="I47">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="J47">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="L47">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="M47">
         <v>4</v>
       </c>
       <c r="N47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O47">
         <v>5</v>
       </c>
       <c r="P47">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Q47">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R47">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S47">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U47">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X47">
         <v>4</v>
       </c>
       <c r="Y47">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z47">
         <v>3</v>
       </c>
       <c r="AA47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB47">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB47"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>