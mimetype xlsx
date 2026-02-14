--- v0 (2025-12-20)
+++ v1 (2026-02-14)
@@ -3786,286 +3786,289 @@
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T39</v>
       </c>
       <c r="C40">
         <v>39</v>
       </c>
       <c r="D40" t="str">
-        <v>David Call</v>
+        <v>Jason Kulchinsky</v>
       </c>
       <c r="E40">
         <v>11</v>
       </c>
       <c r="F40">
         <v>65</v>
       </c>
+      <c r="G40">
+        <v>303162</v>
+      </c>
       <c r="H40" t="str">
-        <v>davidcallart</v>
+        <v>draconsky</v>
       </c>
       <c r="I40">
         <v>11</v>
       </c>
       <c r="J40">
         <v>65</v>
       </c>
       <c r="K40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>4</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T40">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U40">
         <v>4</v>
       </c>
       <c r="V40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB40">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T39</v>
       </c>
       <c r="C41">
         <v>39</v>
       </c>
       <c r="D41" t="str">
-        <v>David Gill</v>
+        <v>David Call</v>
       </c>
       <c r="E41">
         <v>11</v>
       </c>
       <c r="F41">
         <v>65</v>
       </c>
       <c r="H41" t="str">
-        <v>dozer5011</v>
+        <v>davidcallart</v>
       </c>
       <c r="I41">
         <v>11</v>
       </c>
       <c r="J41">
         <v>65</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O41">
         <v>4</v>
       </c>
       <c r="P41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S41">
         <v>3</v>
       </c>
       <c r="T41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>4</v>
       </c>
       <c r="Y41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T39</v>
       </c>
       <c r="C42">
         <v>39</v>
       </c>
       <c r="D42" t="str">
-        <v>Jason Kulchinsky</v>
+        <v>David Gill</v>
       </c>
       <c r="E42">
         <v>11</v>
       </c>
       <c r="F42">
         <v>65</v>
       </c>
       <c r="H42" t="str">
-        <v>draconsky</v>
+        <v>dozer5011</v>
       </c>
       <c r="I42">
         <v>11</v>
       </c>
       <c r="J42">
         <v>65</v>
       </c>
       <c r="K42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P42">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T42">
         <v>4</v>
       </c>
       <c r="U42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y42">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB42">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Nick Rapach</v>
       </c>
       <c r="E43">
         <v>12</v>
       </c>
       <c r="F43">
         <v>66</v>
       </c>
       <c r="H43" t="str">
         <v>nickvr</v>
       </c>
       <c r="I43">